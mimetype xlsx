--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -10,146 +10,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="POLLBZ_REMARKS" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="33">
   <si>
     <t>PART_SEQ</t>
   </si>
   <si>
     <t>PART_LEVEL</t>
   </si>
   <si>
     <t>PART_ID</t>
   </si>
   <si>
     <t>PART_NAME_L</t>
   </si>
   <si>
     <t>PART_PARENT_NAME_L</t>
   </si>
   <si>
     <t>REMA_CONCENTRATION</t>
   </si>
   <si>
     <t>REMA_DATE</t>
   </si>
   <si>
     <t>STAT_ID</t>
   </si>
   <si>
     <t>STAT_CODE</t>
   </si>
   <si>
     <t>STAT_NAME_I</t>
   </si>
   <si>
     <t>STAT_NAME_D</t>
   </si>
   <si>
-    <t>Amaranthaceae</t>
+    <t>Artemisia</t>
+  </si>
+  <si>
+    <t>Compositae</t>
+  </si>
+  <si>
+    <t>BZ2</t>
+  </si>
+  <si>
+    <t>Bolzano</t>
+  </si>
+  <si>
+    <t>Bozen</t>
+  </si>
+  <si>
+    <t>Cupressaceae/Taxaceae</t>
   </si>
   <si>
     <t>Polline</t>
   </si>
   <si>
-    <t>BZ2</t>
-[...32 lines deleted...]
-    <t>Oleaceae</t>
+    <t>Castanea sativa</t>
+  </si>
+  <si>
+    <t>Fagaceae</t>
+  </si>
+  <si>
+    <t>Andere/NI</t>
+  </si>
+  <si>
+    <t>Pinaceae</t>
   </si>
   <si>
     <t>Cedrus</t>
   </si>
   <si>
-    <t>Pinaceae</t>
-[...1 lines deleted...]
-  <si>
     <t>Poaceae</t>
-  </si>
-[...10 lines deleted...]
-    <t>Umbelliferae</t>
   </si>
   <si>
     <t>Urticaceae</t>
   </si>
   <si>
     <t>Nicht Identifizierte Pollen</t>
   </si>
   <si>
     <t>Alternaria</t>
   </si>
   <si>
     <t>Spore</t>
   </si>
   <si>
     <t>Epicoccum</t>
   </si>
   <si>
     <t>Pithomyces</t>
   </si>
   <si>
     <t>Pleospora</t>
   </si>
   <si>
     <t>Polythrincium</t>
   </si>
@@ -597,51 +573,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <dimension ref="A1:K118"/>
+  <dimension ref="A1:K66"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.14285714285714" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.1428571428571" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="8.85714285714286" customWidth="1"/>
     <col min="4" max="4" width="21.7142857142857" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
     <col min="6" max="6" width="23.2857142857143" customWidth="1"/>
     <col min="7" max="7" width="18.1428571428571" customWidth="1"/>
     <col min="8" max="8" width="8.57142857142857" customWidth="1"/>
     <col min="9" max="9" width="12.1428571428571" customWidth="1"/>
     <col min="10" max="10" width="13.7142857142857" customWidth="1"/>
     <col min="11" max="11" width="14.5714285714286" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="12.75">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -653,4140 +629,2320 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="12.75">
       <c r="A2">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="B2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C2">
-        <v>3812</v>
+        <v>3868</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>0.5</v>
       </c>
       <c r="G2" s="1">
-        <v>45933</v>
+        <v>45971</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
       <c r="J2" t="s">
         <v>14</v>
       </c>
       <c r="K2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="12.75">
       <c r="A3">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="B3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>3812</v>
+        <v>3868</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3">
-        <v>0.98999999999999999</v>
+        <v>1.49</v>
       </c>
       <c r="G3" s="1">
-        <v>45934</v>
+        <v>45972</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
       <c r="J3" t="s">
         <v>14</v>
       </c>
       <c r="K3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75">
       <c r="A4">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
-        <v>3904</v>
+        <v>3868</v>
       </c>
       <c r="D4" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F4">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G4" s="1">
-        <v>45925</v>
+        <v>45974</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
       <c r="J4" t="s">
         <v>14</v>
       </c>
       <c r="K4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12.75">
       <c r="A5">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
-        <v>3904</v>
+        <v>3868</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5">
-        <v>0.5</v>
+        <v>1.98</v>
       </c>
       <c r="G5" s="1">
-        <v>45928</v>
+        <v>45976</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
       <c r="J5" t="s">
         <v>14</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="12.75">
       <c r="A6">
+        <v>28</v>
+      </c>
+      <c r="B6">
+        <v>1</v>
+      </c>
+      <c r="C6">
+        <v>3815</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="B6">
-[...7 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F6">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G6" s="1">
-        <v>45928</v>
+        <v>45975</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
       <c r="J6" t="s">
         <v>14</v>
       </c>
       <c r="K6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="12.75">
       <c r="A7">
+        <v>28</v>
+      </c>
+      <c r="B7">
+        <v>1</v>
+      </c>
+      <c r="C7">
+        <v>3815</v>
+      </c>
+      <c r="D7" t="s">
         <v>16</v>
       </c>
-      <c r="B7">
-[...7 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F7">
         <v>0.5</v>
       </c>
       <c r="G7" s="1">
-        <v>45930</v>
+        <v>45976</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
       <c r="J7" t="s">
         <v>14</v>
       </c>
       <c r="K7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="12.75">
       <c r="A8">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="B8">
         <v>2</v>
       </c>
       <c r="C8">
-        <v>3869</v>
+        <v>3875</v>
       </c>
       <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F8">
         <v>0.5</v>
       </c>
       <c r="G8" s="1">
-        <v>45934</v>
+        <v>45972</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
       <c r="J8" t="s">
         <v>14</v>
       </c>
       <c r="K8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.75">
       <c r="A9">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="B9">
         <v>2</v>
       </c>
       <c r="C9">
-        <v>3868</v>
+        <v>3888</v>
       </c>
       <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>21</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9">
-        <v>18.850000000000001</v>
+        <v>0.5</v>
       </c>
       <c r="G9" s="1">
-        <v>45925</v>
+        <v>45971</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
       <c r="J9" t="s">
         <v>14</v>
       </c>
       <c r="K9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.75">
       <c r="A10">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B10">
         <v>2</v>
       </c>
       <c r="C10">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
         <v>21</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10">
-        <v>1.49</v>
+        <v>2.98</v>
       </c>
       <c r="G10" s="1">
-        <v>45926</v>
+        <v>45970</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
       <c r="J10" t="s">
         <v>14</v>
       </c>
       <c r="K10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.75">
       <c r="A11">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B11">
         <v>2</v>
       </c>
       <c r="C11">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" t="s">
         <v>21</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11">
-        <v>3.9700000000000002</v>
+        <v>2.98</v>
       </c>
       <c r="G11" s="1">
-        <v>45927</v>
+        <v>45971</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
       <c r="J11" t="s">
         <v>14</v>
       </c>
       <c r="K11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75">
       <c r="A12">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
       <c r="C12">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D12" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" t="s">
         <v>21</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12">
-        <v>10.91</v>
+        <v>18.350000000000001</v>
       </c>
       <c r="G12" s="1">
-        <v>45928</v>
+        <v>45972</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
       <c r="J12" t="s">
         <v>14</v>
       </c>
       <c r="K12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="12.75">
       <c r="A13">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B13">
         <v>2</v>
       </c>
       <c r="C13">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D13" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" t="s">
         <v>21</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13">
-        <v>6.4500000000000002</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G13" s="1">
-        <v>45929</v>
+        <v>45973</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
       <c r="J13" t="s">
         <v>14</v>
       </c>
       <c r="K13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="12.75">
       <c r="A14">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B14">
         <v>2</v>
       </c>
       <c r="C14">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" t="s">
         <v>21</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14">
-        <v>4.46</v>
+        <v>2.48</v>
       </c>
       <c r="G14" s="1">
-        <v>45930</v>
+        <v>45974</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14" t="s">
         <v>14</v>
       </c>
       <c r="K14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75">
       <c r="A15">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B15">
         <v>2</v>
       </c>
       <c r="C15">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" t="s">
         <v>21</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15">
-        <v>0.98999999999999999</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G15" s="1">
-        <v>45931</v>
+        <v>45975</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
       <c r="J15" t="s">
         <v>14</v>
       </c>
       <c r="K15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75">
       <c r="A16">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B16">
         <v>2</v>
       </c>
       <c r="C16">
-        <v>3868</v>
+        <v>3892</v>
       </c>
       <c r="D16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" t="s">
         <v>21</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16">
-        <v>3.4700000000000002</v>
+        <v>0.5</v>
       </c>
       <c r="G16" s="1">
-        <v>45932</v>
+        <v>45976</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
       <c r="J16" t="s">
         <v>14</v>
       </c>
       <c r="K16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75">
       <c r="A17">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="B17">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C17">
-        <v>3868</v>
+        <v>3831</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F17">
         <v>0.5</v>
       </c>
       <c r="G17" s="1">
-        <v>45933</v>
+        <v>45970</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
       <c r="J17" t="s">
         <v>14</v>
       </c>
       <c r="K17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75">
       <c r="A18">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="B18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C18">
-        <v>3868</v>
+        <v>3831</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F18">
-        <v>2.48</v>
+        <v>0.5</v>
       </c>
       <c r="G18" s="1">
-        <v>45934</v>
+        <v>45972</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
       <c r="J18" t="s">
         <v>14</v>
       </c>
       <c r="K18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="12.75">
       <c r="A19">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="B19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C19">
-        <v>3868</v>
+        <v>3831</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F19">
         <v>0.5</v>
       </c>
       <c r="G19" s="1">
-        <v>45935</v>
+        <v>45976</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
       <c r="J19" t="s">
         <v>14</v>
       </c>
       <c r="K19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="12.75">
       <c r="A20">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="B20">
         <v>1</v>
       </c>
       <c r="C20">
-        <v>3815</v>
+        <v>3838</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F20">
-        <v>0.5</v>
+        <v>7.4400000000000004</v>
       </c>
       <c r="G20" s="1">
-        <v>45930</v>
+        <v>45970</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
       <c r="J20" t="s">
         <v>14</v>
       </c>
       <c r="K20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="12.75">
       <c r="A21">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="B21">
         <v>1</v>
       </c>
       <c r="C21">
-        <v>3815</v>
+        <v>3838</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F21">
-        <v>0.5</v>
+        <v>9.4199999999999999</v>
       </c>
       <c r="G21" s="1">
-        <v>45931</v>
+        <v>45971</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
       <c r="J21" t="s">
         <v>14</v>
       </c>
       <c r="K21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="12.75">
       <c r="A22">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="B22">
         <v>1</v>
       </c>
       <c r="C22">
-        <v>3815</v>
+        <v>3838</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F22">
-        <v>0.5</v>
+        <v>10.42</v>
       </c>
       <c r="G22" s="1">
-        <v>45932</v>
+        <v>45972</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
       <c r="J22" t="s">
         <v>14</v>
       </c>
       <c r="K22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="12.75">
       <c r="A23">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="B23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C23">
-        <v>3884</v>
+        <v>3838</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E23" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F23">
-        <v>0.5</v>
+        <v>13.390000000000001</v>
       </c>
       <c r="G23" s="1">
-        <v>45929</v>
+        <v>45973</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
       <c r="J23" t="s">
         <v>14</v>
       </c>
       <c r="K23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.75">
       <c r="A24">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="B24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C24">
-        <v>3892</v>
+        <v>3838</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E24" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F24">
-        <v>26.289999999999999</v>
+        <v>5.46</v>
       </c>
       <c r="G24" s="1">
-        <v>45925</v>
+        <v>45974</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
       <c r="J24" t="s">
         <v>14</v>
       </c>
       <c r="K24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75">
       <c r="A25">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="B25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C25">
-        <v>3892</v>
+        <v>3838</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E25" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F25">
-        <v>0.5</v>
+        <v>5.46</v>
       </c>
       <c r="G25" s="1">
-        <v>45926</v>
+        <v>45975</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
       <c r="J25" t="s">
         <v>14</v>
       </c>
       <c r="K25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="12.75">
       <c r="A26">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="B26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C26">
-        <v>3892</v>
+        <v>3838</v>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E26" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F26">
-        <v>0.98999999999999999</v>
+        <v>3.9700000000000002</v>
       </c>
       <c r="G26" s="1">
-        <v>45927</v>
+        <v>45976</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
       <c r="J26" t="s">
         <v>14</v>
       </c>
       <c r="K26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="12.75">
       <c r="A27">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="B27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C27">
-        <v>3892</v>
+        <v>3838</v>
       </c>
       <c r="D27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E27" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F27">
-        <v>160.22</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G27" s="1">
-        <v>45928</v>
+        <v>45977</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
       <c r="J27" t="s">
         <v>14</v>
       </c>
       <c r="K27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="12.75">
       <c r="A28">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="B28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C28">
-        <v>3892</v>
+        <v>3840</v>
       </c>
       <c r="D28" t="s">
         <v>25</v>
       </c>
       <c r="E28" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F28">
-        <v>254.46000000000001</v>
+        <v>4.46</v>
       </c>
       <c r="G28" s="1">
-        <v>45929</v>
+        <v>45971</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
       <c r="J28" t="s">
         <v>14</v>
       </c>
       <c r="K28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="12.75">
       <c r="A29">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="B29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C29">
-        <v>3892</v>
+        <v>3840</v>
       </c>
       <c r="D29" t="s">
         <v>25</v>
       </c>
       <c r="E29" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F29">
-        <v>112.59999999999999</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G29" s="1">
-        <v>45930</v>
+        <v>45972</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
       <c r="J29" t="s">
         <v>14</v>
       </c>
       <c r="K29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="12.75">
       <c r="A30">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="B30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C30">
-        <v>3892</v>
+        <v>3840</v>
       </c>
       <c r="D30" t="s">
         <v>25</v>
       </c>
       <c r="E30" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F30">
-        <v>438</v>
+        <v>1.49</v>
       </c>
       <c r="G30" s="1">
-        <v>45931</v>
+        <v>45973</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
       <c r="J30" t="s">
         <v>14</v>
       </c>
       <c r="K30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="12.75">
       <c r="A31">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="B31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C31">
-        <v>3892</v>
+        <v>3840</v>
       </c>
       <c r="D31" t="s">
         <v>25</v>
       </c>
       <c r="E31" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F31">
-        <v>37.700000000000003</v>
+        <v>0.5</v>
       </c>
       <c r="G31" s="1">
-        <v>45932</v>
+        <v>45974</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
       <c r="J31" t="s">
         <v>14</v>
       </c>
       <c r="K31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="12.75">
       <c r="A32">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="B32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C32">
-        <v>3892</v>
+        <v>3840</v>
       </c>
       <c r="D32" t="s">
         <v>25</v>
       </c>
       <c r="E32" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F32">
-        <v>46.630000000000003</v>
+        <v>1.49</v>
       </c>
       <c r="G32" s="1">
-        <v>45933</v>
+        <v>45975</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
       <c r="J32" t="s">
         <v>14</v>
       </c>
       <c r="K32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="12.75">
       <c r="A33">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="B33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C33">
-        <v>3892</v>
+        <v>3840</v>
       </c>
       <c r="D33" t="s">
         <v>25</v>
       </c>
       <c r="E33" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F33">
-        <v>7.4400000000000004</v>
+        <v>1.98</v>
       </c>
       <c r="G33" s="1">
-        <v>45934</v>
+        <v>45976</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
       <c r="J33" t="s">
         <v>14</v>
       </c>
       <c r="K33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="12.75">
       <c r="A34">
-        <v>67</v>
+        <v>99</v>
       </c>
       <c r="B34">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C34">
-        <v>3892</v>
+        <v>3841</v>
       </c>
       <c r="D34" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F34">
-        <v>64.480000000000004</v>
+        <v>1.98</v>
       </c>
       <c r="G34" s="1">
-        <v>45935</v>
+        <v>45970</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
       <c r="J34" t="s">
         <v>14</v>
       </c>
       <c r="K34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="12.75">
       <c r="A35">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
       <c r="C35">
-        <v>3831</v>
+        <v>3841</v>
       </c>
       <c r="D35" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F35">
-        <v>0.5</v>
+        <v>3.9700000000000002</v>
       </c>
       <c r="G35" s="1">
-        <v>45925</v>
+        <v>45971</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
       <c r="J35" t="s">
         <v>14</v>
       </c>
       <c r="K35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="12.75">
       <c r="A36">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B36">
         <v>1</v>
       </c>
       <c r="C36">
-        <v>3831</v>
+        <v>3841</v>
       </c>
       <c r="D36" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F36">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G36" s="1">
-        <v>45929</v>
+        <v>45972</v>
       </c>
       <c r="H36">
         <v>1</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
       <c r="J36" t="s">
         <v>14</v>
       </c>
       <c r="K36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="12.75">
       <c r="A37">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37">
-        <v>3831</v>
+        <v>3841</v>
       </c>
       <c r="D37" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F37">
-        <v>1.49</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G37" s="1">
-        <v>45930</v>
+        <v>45973</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37" t="s">
         <v>13</v>
       </c>
       <c r="J37" t="s">
         <v>14</v>
       </c>
       <c r="K37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="12.75">
       <c r="A38">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B38">
         <v>1</v>
       </c>
       <c r="C38">
-        <v>3831</v>
+        <v>3841</v>
       </c>
       <c r="D38" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F38">
-        <v>2.98</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G38" s="1">
-        <v>45931</v>
+        <v>45974</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
       <c r="J38" t="s">
         <v>14</v>
       </c>
       <c r="K38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="12.75">
       <c r="A39">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
       <c r="C39">
-        <v>3831</v>
+        <v>3841</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F39">
-        <v>0.5</v>
+        <v>1.98</v>
       </c>
       <c r="G39" s="1">
-        <v>45933</v>
+        <v>45975</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" t="s">
         <v>13</v>
       </c>
       <c r="J39" t="s">
         <v>14</v>
       </c>
       <c r="K39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="12.75">
       <c r="A40">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
       <c r="C40">
-        <v>3831</v>
+        <v>3841</v>
       </c>
       <c r="D40" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F40">
-        <v>0.5</v>
+        <v>4.96</v>
       </c>
       <c r="G40" s="1">
-        <v>45934</v>
+        <v>45976</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
       <c r="J40" t="s">
         <v>14</v>
       </c>
       <c r="K40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75">
       <c r="A41">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="B41">
         <v>1</v>
       </c>
       <c r="C41">
-        <v>3831</v>
+        <v>3842</v>
       </c>
       <c r="D41" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F41">
-        <v>0.5</v>
+        <v>2.98</v>
       </c>
       <c r="G41" s="1">
-        <v>45935</v>
+        <v>45970</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s">
         <v>13</v>
       </c>
       <c r="J41" t="s">
         <v>14</v>
       </c>
       <c r="K41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="12.75">
       <c r="A42">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
       <c r="C42">
-        <v>3832</v>
+        <v>3842</v>
       </c>
       <c r="D42" t="s">
         <v>28</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F42">
-        <v>0.5</v>
+        <v>1.49</v>
       </c>
       <c r="G42" s="1">
-        <v>45931</v>
+        <v>45971</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s">
         <v>13</v>
       </c>
       <c r="J42" t="s">
         <v>14</v>
       </c>
       <c r="K42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75">
       <c r="A43">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="B43">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C43">
-        <v>3898</v>
+        <v>3842</v>
       </c>
       <c r="D43" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E43" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F43">
-        <v>0.5</v>
+        <v>3.9700000000000002</v>
       </c>
       <c r="G43" s="1">
-        <v>45931</v>
+        <v>45972</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s">
         <v>13</v>
       </c>
       <c r="J43" t="s">
         <v>14</v>
       </c>
       <c r="K43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="12.75">
       <c r="A44">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B44">
         <v>1</v>
       </c>
       <c r="C44">
-        <v>3837</v>
+        <v>3842</v>
       </c>
       <c r="D44" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F44">
-        <v>0.5</v>
+        <v>1.49</v>
       </c>
       <c r="G44" s="1">
-        <v>45931</v>
+        <v>45973</v>
       </c>
       <c r="H44">
         <v>1</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
       <c r="J44" t="s">
         <v>14</v>
       </c>
       <c r="K44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="12.75">
       <c r="A45">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B45">
         <v>1</v>
       </c>
       <c r="C45">
-        <v>3838</v>
+        <v>3842</v>
       </c>
       <c r="D45" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F45">
-        <v>33.229999999999997</v>
+        <v>1.98</v>
       </c>
       <c r="G45" s="1">
-        <v>45925</v>
+        <v>45974</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
       <c r="J45" t="s">
         <v>14</v>
       </c>
       <c r="K45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="12.75">
       <c r="A46">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B46">
         <v>1</v>
       </c>
       <c r="C46">
-        <v>3838</v>
+        <v>3842</v>
       </c>
       <c r="D46" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F46">
-        <v>3.9700000000000002</v>
+        <v>1.49</v>
       </c>
       <c r="G46" s="1">
-        <v>45926</v>
+        <v>45975</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
         <v>13</v>
       </c>
       <c r="J46" t="s">
         <v>14</v>
       </c>
       <c r="K46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="12.75">
       <c r="A47">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B47">
         <v>1</v>
       </c>
       <c r="C47">
-        <v>3838</v>
+        <v>3842</v>
       </c>
       <c r="D47" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F47">
-        <v>16.370000000000001</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G47" s="1">
-        <v>45927</v>
+        <v>45976</v>
       </c>
       <c r="H47">
         <v>1</v>
       </c>
       <c r="I47" t="s">
         <v>13</v>
       </c>
       <c r="J47" t="s">
         <v>14</v>
       </c>
       <c r="K47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="12.75">
       <c r="A48">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B48">
         <v>1</v>
       </c>
       <c r="C48">
-        <v>3838</v>
+        <v>3842</v>
       </c>
       <c r="D48" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F48">
-        <v>24.800000000000001</v>
+        <v>1.49</v>
       </c>
       <c r="G48" s="1">
-        <v>45928</v>
+        <v>45977</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s">
         <v>13</v>
       </c>
       <c r="J48" t="s">
         <v>14</v>
       </c>
       <c r="K48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75">
       <c r="A49">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B49">
         <v>1</v>
       </c>
       <c r="C49">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F49">
-        <v>8.9299999999999997</v>
+        <v>0.5</v>
       </c>
       <c r="G49" s="1">
-        <v>45929</v>
+        <v>45970</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="s">
         <v>13</v>
       </c>
       <c r="J49" t="s">
         <v>14</v>
       </c>
       <c r="K49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="12.75">
       <c r="A50">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B50">
         <v>1</v>
       </c>
       <c r="C50">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D50" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F50">
-        <v>22.32</v>
+        <v>1.49</v>
       </c>
       <c r="G50" s="1">
-        <v>45930</v>
+        <v>45971</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s">
         <v>13</v>
       </c>
       <c r="J50" t="s">
         <v>14</v>
       </c>
       <c r="K50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75">
       <c r="A51">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B51">
         <v>1</v>
       </c>
       <c r="C51">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D51" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F51">
-        <v>20.829999999999998</v>
+        <v>0.5</v>
       </c>
       <c r="G51" s="1">
-        <v>45931</v>
+        <v>45972</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
         <v>13</v>
       </c>
       <c r="J51" t="s">
         <v>14</v>
       </c>
       <c r="K51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="12.75">
       <c r="A52">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B52">
         <v>1</v>
       </c>
       <c r="C52">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D52" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F52">
-        <v>14.380000000000001</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G52" s="1">
-        <v>45932</v>
+        <v>45973</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="s">
         <v>13</v>
       </c>
       <c r="J52" t="s">
         <v>14</v>
       </c>
       <c r="K52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="12.75">
       <c r="A53">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B53">
         <v>1</v>
       </c>
       <c r="C53">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D53" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F53">
-        <v>16.370000000000001</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G53" s="1">
-        <v>45933</v>
+        <v>45974</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
         <v>13</v>
       </c>
       <c r="J53" t="s">
         <v>14</v>
       </c>
       <c r="K53" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="12.75">
       <c r="A54">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
       <c r="C54">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D54" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F54">
-        <v>16.870000000000001</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G54" s="1">
-        <v>45934</v>
+        <v>45975</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54" t="s">
         <v>14</v>
       </c>
       <c r="K54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="12.75">
       <c r="A55">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
       <c r="C55">
-        <v>3838</v>
+        <v>3843</v>
       </c>
       <c r="D55" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F55">
-        <v>6.9400000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G55" s="1">
-        <v>45935</v>
+        <v>45976</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="s">
         <v>13</v>
       </c>
       <c r="J55" t="s">
         <v>14</v>
       </c>
       <c r="K55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="12.75">
       <c r="A56">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B56">
         <v>1</v>
       </c>
       <c r="C56">
-        <v>3840</v>
+        <v>3858</v>
       </c>
       <c r="D56" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F56">
         <v>0.5</v>
       </c>
       <c r="G56" s="1">
-        <v>45925</v>
+        <v>45975</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" t="s">
         <v>13</v>
       </c>
       <c r="J56" t="s">
         <v>14</v>
       </c>
       <c r="K56" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="12.75">
       <c r="A57">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B57">
         <v>1</v>
       </c>
       <c r="C57">
-        <v>3840</v>
+        <v>3844</v>
       </c>
       <c r="D57" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F57">
         <v>0.5</v>
       </c>
       <c r="G57" s="1">
-        <v>45928</v>
+        <v>45973</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s">
         <v>13</v>
       </c>
       <c r="J57" t="s">
         <v>14</v>
       </c>
       <c r="K57" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="12.75">
       <c r="A58">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B58">
         <v>1</v>
       </c>
       <c r="C58">
-        <v>3840</v>
+        <v>3844</v>
       </c>
       <c r="D58" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F58">
-        <v>1.49</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G58" s="1">
-        <v>45929</v>
+        <v>45974</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58" t="s">
         <v>14</v>
       </c>
       <c r="K58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="12.75">
       <c r="A59">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B59">
         <v>1</v>
       </c>
       <c r="C59">
-        <v>3840</v>
+        <v>3846</v>
       </c>
       <c r="D59" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F59">
-        <v>0.5</v>
+        <v>2.98</v>
       </c>
       <c r="G59" s="1">
-        <v>45930</v>
+        <v>45970</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
         <v>13</v>
       </c>
       <c r="J59" t="s">
         <v>14</v>
       </c>
       <c r="K59" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="12.75">
       <c r="A60">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B60">
         <v>1</v>
       </c>
       <c r="C60">
-        <v>3840</v>
+        <v>3846</v>
       </c>
       <c r="D60" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F60">
-        <v>1.98</v>
+        <v>2.48</v>
       </c>
       <c r="G60" s="1">
-        <v>45931</v>
+        <v>45971</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" t="s">
         <v>13</v>
       </c>
       <c r="J60" t="s">
         <v>14</v>
       </c>
       <c r="K60" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="12.75">
       <c r="A61">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
       <c r="C61">
-        <v>3840</v>
+        <v>3846</v>
       </c>
       <c r="D61" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F61">
         <v>0.98999999999999999</v>
       </c>
       <c r="G61" s="1">
-        <v>45933</v>
+        <v>45972</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="s">
         <v>13</v>
       </c>
       <c r="J61" t="s">
         <v>14</v>
       </c>
       <c r="K61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="12.75">
       <c r="A62">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="C62">
-        <v>3840</v>
+        <v>3846</v>
       </c>
       <c r="D62" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F62">
         <v>0.98999999999999999</v>
       </c>
       <c r="G62" s="1">
-        <v>45934</v>
+        <v>45973</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62" t="s">
         <v>14</v>
       </c>
       <c r="K62" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="12.75">
       <c r="A63">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B63">
         <v>1</v>
       </c>
       <c r="C63">
-        <v>3840</v>
+        <v>3846</v>
       </c>
       <c r="D63" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F63">
-        <v>0.5</v>
+        <v>1.98</v>
       </c>
       <c r="G63" s="1">
-        <v>45935</v>
+        <v>45974</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" t="s">
         <v>13</v>
       </c>
       <c r="J63" t="s">
         <v>14</v>
       </c>
       <c r="K63" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12.75">
       <c r="A64">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B64">
         <v>1</v>
       </c>
       <c r="C64">
-        <v>3841</v>
+        <v>3846</v>
       </c>
       <c r="D64" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E64" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F64">
-        <v>9.9199999999999999</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G64" s="1">
-        <v>45925</v>
+        <v>45975</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64" t="s">
         <v>13</v>
       </c>
       <c r="J64" t="s">
         <v>14</v>
       </c>
       <c r="K64" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:11" ht="12.75">
       <c r="A65">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B65">
         <v>1</v>
       </c>
       <c r="C65">
-        <v>3841</v>
+        <v>3846</v>
       </c>
       <c r="D65" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E65" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F65">
-        <v>1.98</v>
+        <v>0.5</v>
       </c>
       <c r="G65" s="1">
-        <v>45926</v>
+        <v>45976</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65" t="s">
         <v>13</v>
       </c>
       <c r="J65" t="s">
         <v>14</v>
       </c>
       <c r="K65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="12.75">
       <c r="A66">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B66">
         <v>1</v>
       </c>
       <c r="C66">
-        <v>3841</v>
+        <v>3846</v>
       </c>
       <c r="D66" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E66" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F66">
-        <v>16.870000000000001</v>
+        <v>0.5</v>
       </c>
       <c r="G66" s="1">
-        <v>45927</v>
+        <v>45977</v>
       </c>
       <c r="H66">
         <v>1</v>
       </c>
       <c r="I66" t="s">
         <v>13</v>
       </c>
       <c r="J66" t="s">
         <v>14</v>
       </c>
       <c r="K66" t="s">
-        <v>15</v>
-[...1818 lines deleted...]
-      <c r="K118" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application/>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <Template/>
   <Manager/>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>