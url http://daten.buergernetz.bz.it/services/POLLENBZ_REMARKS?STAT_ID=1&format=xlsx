--- v1 (2025-11-24)
+++ v2 (2026-01-09)
@@ -10,146 +10,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="POLLBZ_REMARKS" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="31">
   <si>
     <t>PART_SEQ</t>
   </si>
   <si>
     <t>PART_LEVEL</t>
   </si>
   <si>
     <t>PART_ID</t>
   </si>
   <si>
     <t>PART_NAME_L</t>
   </si>
   <si>
     <t>PART_PARENT_NAME_L</t>
   </si>
   <si>
     <t>REMA_CONCENTRATION</t>
   </si>
   <si>
     <t>REMA_DATE</t>
   </si>
   <si>
     <t>STAT_ID</t>
   </si>
   <si>
     <t>STAT_CODE</t>
   </si>
   <si>
     <t>STAT_NAME_I</t>
   </si>
   <si>
     <t>STAT_NAME_D</t>
   </si>
   <si>
-    <t>Artemisia</t>
+    <t>Alnus</t>
   </si>
   <si>
-    <t>Compositae</t>
+    <t>Betulaceae</t>
   </si>
   <si>
     <t>BZ2</t>
   </si>
   <si>
     <t>Bolzano</t>
   </si>
   <si>
     <t>Bozen</t>
   </si>
   <si>
+    <t>Corylus</t>
+  </si>
+  <si>
+    <t>Corylaceae</t>
+  </si>
+  <si>
     <t>Cupressaceae/Taxaceae</t>
   </si>
   <si>
     <t>Polline</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fagaceae</t>
   </si>
   <si>
     <t>Andere/NI</t>
   </si>
   <si>
     <t>Pinaceae</t>
   </si>
   <si>
     <t>Cedrus</t>
   </si>
   <si>
-    <t>Poaceae</t>
+    <t>Pinus</t>
   </si>
   <si>
     <t>Urticaceae</t>
   </si>
   <si>
     <t>Nicht Identifizierte Pollen</t>
   </si>
   <si>
     <t>Alternaria</t>
   </si>
   <si>
     <t>Spore</t>
   </si>
   <si>
     <t>Epicoccum</t>
   </si>
   <si>
     <t>Pithomyces</t>
-  </si>
-[...4 lines deleted...]
-    <t>Polythrincium</t>
   </si>
   <si>
     <t>Torula</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="177" formatCode="dd/mm/yyyy hh:mm:ss"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -573,51 +567,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <dimension ref="A1:K66"/>
+  <dimension ref="A1:K79"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.14285714285714" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.1428571428571" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="8.85714285714286" customWidth="1"/>
     <col min="4" max="4" width="21.7142857142857" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
     <col min="6" max="6" width="23.2857142857143" customWidth="1"/>
     <col min="7" max="7" width="18.1428571428571" customWidth="1"/>
     <col min="8" max="8" width="8.57142857142857" customWidth="1"/>
     <col min="9" max="9" width="12.1428571428571" customWidth="1"/>
     <col min="10" max="10" width="13.7142857142857" customWidth="1"/>
     <col min="11" max="11" width="14.5714285714286" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="12.75">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -629,2320 +623,2775 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="12.75">
       <c r="A2">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2">
-        <v>3868</v>
+        <v>3864</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G2" s="1">
-        <v>45971</v>
+        <v>46017</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
       <c r="J2" t="s">
         <v>14</v>
       </c>
       <c r="K2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="12.75">
       <c r="A3">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
-        <v>3868</v>
+        <v>3864</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G3" s="1">
-        <v>45972</v>
+        <v>46019</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
       <c r="J3" t="s">
         <v>14</v>
       </c>
       <c r="K3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75">
       <c r="A4">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
-        <v>3868</v>
+        <v>3864</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4">
-        <v>0.98999999999999999</v>
+        <v>4.46</v>
       </c>
       <c r="G4" s="1">
-        <v>45974</v>
+        <v>46021</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
       <c r="J4" t="s">
         <v>14</v>
       </c>
       <c r="K4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12.75">
       <c r="A5">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
-        <v>3868</v>
+        <v>3864</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5">
-        <v>1.98</v>
+        <v>0.5</v>
       </c>
       <c r="G5" s="1">
-        <v>45976</v>
+        <v>46023</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
       <c r="J5" t="s">
         <v>14</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="12.75">
       <c r="A6">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C6">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F6">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G6" s="1">
-        <v>45975</v>
+        <v>46024</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
       <c r="J6" t="s">
         <v>14</v>
       </c>
       <c r="K6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="12.75">
       <c r="A7">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C7">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F7">
         <v>0.5</v>
       </c>
       <c r="G7" s="1">
-        <v>45976</v>
+        <v>46025</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
       <c r="J7" t="s">
         <v>14</v>
       </c>
       <c r="K7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="12.75">
       <c r="A8">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="B8">
         <v>2</v>
       </c>
       <c r="C8">
-        <v>3875</v>
+        <v>3864</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F8">
-        <v>0.5</v>
+        <v>2.48</v>
       </c>
       <c r="G8" s="1">
-        <v>45972</v>
+        <v>46026</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
       <c r="J8" t="s">
         <v>14</v>
       </c>
       <c r="K8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.75">
       <c r="A9">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="B9">
         <v>2</v>
       </c>
       <c r="C9">
-        <v>3888</v>
+        <v>3871</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F9">
         <v>0.5</v>
       </c>
       <c r="G9" s="1">
-        <v>45971</v>
+        <v>46021</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
       <c r="J9" t="s">
         <v>14</v>
       </c>
       <c r="K9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.75">
       <c r="A10">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B10">
         <v>2</v>
       </c>
       <c r="C10">
-        <v>3892</v>
+        <v>3871</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F10">
-        <v>2.98</v>
+        <v>1.98</v>
       </c>
       <c r="G10" s="1">
-        <v>45970</v>
+        <v>46023</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
       <c r="J10" t="s">
         <v>14</v>
       </c>
       <c r="K10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.75">
       <c r="A11">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B11">
         <v>2</v>
       </c>
       <c r="C11">
-        <v>3892</v>
+        <v>3871</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F11">
-        <v>2.98</v>
+        <v>5.9500000000000002</v>
       </c>
       <c r="G11" s="1">
-        <v>45971</v>
+        <v>46024</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
       <c r="J11" t="s">
         <v>14</v>
       </c>
       <c r="K11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75">
       <c r="A12">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
       <c r="C12">
-        <v>3892</v>
+        <v>3871</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F12">
-        <v>18.350000000000001</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G12" s="1">
-        <v>45972</v>
+        <v>46025</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
       <c r="J12" t="s">
         <v>14</v>
       </c>
       <c r="K12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="12.75">
       <c r="A13">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C13">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F13">
-        <v>3.4700000000000002</v>
+        <v>2.48</v>
       </c>
       <c r="G13" s="1">
-        <v>45973</v>
+        <v>46017</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
       <c r="J13" t="s">
         <v>14</v>
       </c>
       <c r="K13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="12.75">
       <c r="A14">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C14">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F14">
-        <v>2.48</v>
+        <v>1.49</v>
       </c>
       <c r="G14" s="1">
-        <v>45974</v>
+        <v>46018</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14" t="s">
         <v>14</v>
       </c>
       <c r="K14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75">
       <c r="A15">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C15">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F15">
-        <v>3.4700000000000002</v>
+        <v>11.9</v>
       </c>
       <c r="G15" s="1">
-        <v>45975</v>
+        <v>46020</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
       <c r="J15" t="s">
         <v>14</v>
       </c>
       <c r="K15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75">
       <c r="A16">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C16">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F16">
-        <v>0.5</v>
+        <v>14.880000000000001</v>
       </c>
       <c r="G16" s="1">
-        <v>45976</v>
+        <v>46021</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
       <c r="J16" t="s">
         <v>14</v>
       </c>
       <c r="K16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75">
       <c r="A17">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="B17">
         <v>1</v>
       </c>
       <c r="C17">
-        <v>3831</v>
+        <v>3815</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F17">
-        <v>0.5</v>
+        <v>10.91</v>
       </c>
       <c r="G17" s="1">
-        <v>45970</v>
+        <v>46022</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
       <c r="J17" t="s">
         <v>14</v>
       </c>
       <c r="K17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75">
       <c r="A18">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="B18">
         <v>1</v>
       </c>
       <c r="C18">
-        <v>3831</v>
+        <v>3815</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F18">
-        <v>0.5</v>
+        <v>2.48</v>
       </c>
       <c r="G18" s="1">
-        <v>45972</v>
+        <v>46023</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
       <c r="J18" t="s">
         <v>14</v>
       </c>
       <c r="K18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="12.75">
       <c r="A19">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="B19">
         <v>1</v>
       </c>
       <c r="C19">
-        <v>3831</v>
+        <v>3815</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F19">
-        <v>0.5</v>
+        <v>1.98</v>
       </c>
       <c r="G19" s="1">
-        <v>45976</v>
+        <v>46024</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
       <c r="J19" t="s">
         <v>14</v>
       </c>
       <c r="K19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="12.75">
       <c r="A20">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="B20">
         <v>1</v>
       </c>
       <c r="C20">
-        <v>3838</v>
+        <v>3815</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F20">
-        <v>7.4400000000000004</v>
+        <v>2.98</v>
       </c>
       <c r="G20" s="1">
-        <v>45970</v>
+        <v>46025</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
       <c r="J20" t="s">
         <v>14</v>
       </c>
       <c r="K20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="12.75">
       <c r="A21">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="B21">
         <v>1</v>
       </c>
       <c r="C21">
-        <v>3838</v>
+        <v>3815</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F21">
-        <v>9.4199999999999999</v>
+        <v>2.98</v>
       </c>
       <c r="G21" s="1">
-        <v>45971</v>
+        <v>46026</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
       <c r="J21" t="s">
         <v>14</v>
       </c>
       <c r="K21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="12.75">
       <c r="A22">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C22">
-        <v>3838</v>
+        <v>3888</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F22">
-        <v>10.42</v>
+        <v>0.5</v>
       </c>
       <c r="G22" s="1">
-        <v>45972</v>
+        <v>46023</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
       <c r="J22" t="s">
         <v>14</v>
       </c>
       <c r="K22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="12.75">
       <c r="A23">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C23">
-        <v>3838</v>
+        <v>3888</v>
       </c>
       <c r="D23" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F23">
-        <v>13.390000000000001</v>
+        <v>0.5</v>
       </c>
       <c r="G23" s="1">
-        <v>45973</v>
+        <v>46024</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
       <c r="J23" t="s">
         <v>14</v>
       </c>
       <c r="K23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.75">
       <c r="A24">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C24">
-        <v>3838</v>
+        <v>3888</v>
       </c>
       <c r="D24" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F24">
-        <v>5.46</v>
+        <v>0.5</v>
       </c>
       <c r="G24" s="1">
-        <v>45974</v>
+        <v>46025</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
       <c r="J24" t="s">
         <v>14</v>
       </c>
       <c r="K24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75">
       <c r="A25">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="B25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C25">
-        <v>3838</v>
+        <v>3892</v>
       </c>
       <c r="D25" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E25" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F25">
-        <v>5.46</v>
+        <v>0.5</v>
       </c>
       <c r="G25" s="1">
-        <v>45975</v>
+        <v>46016</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
       <c r="J25" t="s">
         <v>14</v>
       </c>
       <c r="K25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="12.75">
       <c r="A26">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="B26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C26">
-        <v>3838</v>
+        <v>3892</v>
       </c>
       <c r="D26" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E26" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F26">
-        <v>3.9700000000000002</v>
+        <v>1.49</v>
       </c>
       <c r="G26" s="1">
-        <v>45976</v>
+        <v>46017</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
       <c r="J26" t="s">
         <v>14</v>
       </c>
       <c r="K26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="12.75">
       <c r="A27">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="B27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C27">
-        <v>3838</v>
+        <v>3892</v>
       </c>
       <c r="D27" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E27" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F27">
         <v>0.98999999999999999</v>
       </c>
       <c r="G27" s="1">
-        <v>45977</v>
+        <v>46019</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
       <c r="J27" t="s">
         <v>14</v>
       </c>
       <c r="K27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="12.75">
       <c r="A28">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C28">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D28" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E28" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F28">
-        <v>4.46</v>
+        <v>0.5</v>
       </c>
       <c r="G28" s="1">
-        <v>45971</v>
+        <v>46020</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
       <c r="J28" t="s">
         <v>14</v>
       </c>
       <c r="K28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="12.75">
       <c r="A29">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C29">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D29" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F29">
-        <v>0.98999999999999999</v>
+        <v>1.98</v>
       </c>
       <c r="G29" s="1">
-        <v>45972</v>
+        <v>46021</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
       <c r="J29" t="s">
         <v>14</v>
       </c>
       <c r="K29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="12.75">
       <c r="A30">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C30">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D30" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E30" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F30">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G30" s="1">
-        <v>45973</v>
+        <v>46022</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
       <c r="J30" t="s">
         <v>14</v>
       </c>
       <c r="K30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="12.75">
       <c r="A31">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C31">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D31" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E31" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F31">
         <v>0.5</v>
       </c>
       <c r="G31" s="1">
-        <v>45974</v>
+        <v>46026</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
       <c r="J31" t="s">
         <v>14</v>
       </c>
       <c r="K31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="12.75">
       <c r="A32">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="B32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C32">
-        <v>3840</v>
+        <v>3890</v>
       </c>
       <c r="D32" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E32" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F32">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G32" s="1">
-        <v>45975</v>
+        <v>46021</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
       <c r="J32" t="s">
         <v>14</v>
       </c>
       <c r="K32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="12.75">
       <c r="A33">
-        <v>97</v>
+        <v>70</v>
       </c>
       <c r="B33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C33">
-        <v>3840</v>
+        <v>3890</v>
       </c>
       <c r="D33" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E33" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F33">
-        <v>1.98</v>
+        <v>0.5</v>
       </c>
       <c r="G33" s="1">
-        <v>45976</v>
+        <v>46025</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
       <c r="J33" t="s">
         <v>14</v>
       </c>
       <c r="K33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="12.75">
       <c r="A34">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B34">
         <v>1</v>
       </c>
       <c r="C34">
-        <v>3841</v>
+        <v>3838</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E34" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F34">
         <v>1.98</v>
       </c>
       <c r="G34" s="1">
-        <v>45970</v>
+        <v>46019</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
       <c r="J34" t="s">
         <v>14</v>
       </c>
       <c r="K34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="12.75">
       <c r="A35">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B35">
         <v>1</v>
       </c>
       <c r="C35">
-        <v>3841</v>
+        <v>3838</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E35" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F35">
-        <v>3.9700000000000002</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G35" s="1">
-        <v>45971</v>
+        <v>46020</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
       <c r="J35" t="s">
         <v>14</v>
       </c>
       <c r="K35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="12.75">
       <c r="A36">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B36">
         <v>1</v>
       </c>
       <c r="C36">
-        <v>3841</v>
+        <v>3838</v>
       </c>
       <c r="D36" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E36" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F36">
         <v>0.5</v>
       </c>
       <c r="G36" s="1">
-        <v>45972</v>
+        <v>46021</v>
       </c>
       <c r="H36">
         <v>1</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
       <c r="J36" t="s">
         <v>14</v>
       </c>
       <c r="K36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="12.75">
       <c r="A37">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B37">
         <v>1</v>
       </c>
       <c r="C37">
-        <v>3841</v>
+        <v>3838</v>
       </c>
       <c r="D37" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E37" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F37">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G37" s="1">
-        <v>45973</v>
+        <v>46023</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37" t="s">
         <v>13</v>
       </c>
       <c r="J37" t="s">
         <v>14</v>
       </c>
       <c r="K37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="12.75">
       <c r="A38">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B38">
         <v>1</v>
       </c>
       <c r="C38">
-        <v>3841</v>
+        <v>3838</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E38" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F38">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G38" s="1">
-        <v>45974</v>
+        <v>46026</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
       <c r="J38" t="s">
         <v>14</v>
       </c>
       <c r="K38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="12.75">
       <c r="A39">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B39">
         <v>1</v>
       </c>
       <c r="C39">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F39">
         <v>1.98</v>
       </c>
       <c r="G39" s="1">
-        <v>45975</v>
+        <v>46016</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" t="s">
         <v>13</v>
       </c>
       <c r="J39" t="s">
         <v>14</v>
       </c>
       <c r="K39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="12.75">
       <c r="A40">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B40">
         <v>1</v>
       </c>
       <c r="C40">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E40" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F40">
-        <v>4.96</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G40" s="1">
-        <v>45976</v>
+        <v>46018</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
       <c r="J40" t="s">
         <v>14</v>
       </c>
       <c r="K40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75">
       <c r="A41">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B41">
         <v>1</v>
       </c>
       <c r="C41">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E41" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F41">
-        <v>2.98</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G41" s="1">
-        <v>45970</v>
+        <v>46019</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s">
         <v>13</v>
       </c>
       <c r="J41" t="s">
         <v>14</v>
       </c>
       <c r="K41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="12.75">
       <c r="A42">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
       <c r="C42">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D42" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E42" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F42">
         <v>1.49</v>
       </c>
       <c r="G42" s="1">
-        <v>45971</v>
+        <v>46020</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s">
         <v>13</v>
       </c>
       <c r="J42" t="s">
         <v>14</v>
       </c>
       <c r="K42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75">
       <c r="A43">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B43">
         <v>1</v>
       </c>
       <c r="C43">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D43" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F43">
-        <v>3.9700000000000002</v>
+        <v>1.98</v>
       </c>
       <c r="G43" s="1">
-        <v>45972</v>
+        <v>46021</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s">
         <v>13</v>
       </c>
       <c r="J43" t="s">
         <v>14</v>
       </c>
       <c r="K43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="12.75">
       <c r="A44">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B44">
         <v>1</v>
       </c>
       <c r="C44">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D44" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E44" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F44">
         <v>1.49</v>
       </c>
       <c r="G44" s="1">
-        <v>45973</v>
+        <v>46022</v>
       </c>
       <c r="H44">
         <v>1</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
       <c r="J44" t="s">
         <v>14</v>
       </c>
       <c r="K44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="12.75">
       <c r="A45">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B45">
         <v>1</v>
       </c>
       <c r="C45">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E45" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F45">
-        <v>1.98</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G45" s="1">
-        <v>45974</v>
+        <v>46023</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
       <c r="J45" t="s">
         <v>14</v>
       </c>
       <c r="K45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="12.75">
       <c r="A46">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B46">
         <v>1</v>
       </c>
       <c r="C46">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E46" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F46">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G46" s="1">
-        <v>45975</v>
+        <v>46024</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
         <v>13</v>
       </c>
       <c r="J46" t="s">
         <v>14</v>
       </c>
       <c r="K46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="12.75">
       <c r="A47">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B47">
         <v>1</v>
       </c>
       <c r="C47">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D47" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E47" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F47">
-        <v>3.4700000000000002</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G47" s="1">
-        <v>45976</v>
+        <v>46025</v>
       </c>
       <c r="H47">
         <v>1</v>
       </c>
       <c r="I47" t="s">
         <v>13</v>
       </c>
       <c r="J47" t="s">
         <v>14</v>
       </c>
       <c r="K47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="12.75">
       <c r="A48">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B48">
         <v>1</v>
       </c>
       <c r="C48">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D48" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
         <v>1.49</v>
       </c>
       <c r="G48" s="1">
-        <v>45977</v>
+        <v>46016</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s">
         <v>13</v>
       </c>
       <c r="J48" t="s">
         <v>14</v>
       </c>
       <c r="K48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75">
       <c r="A49">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B49">
         <v>1</v>
       </c>
       <c r="C49">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D49" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="F49">
-        <v>0.5</v>
+        <v>2.98</v>
       </c>
       <c r="G49" s="1">
-        <v>45970</v>
+        <v>46017</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="s">
         <v>13</v>
       </c>
       <c r="J49" t="s">
         <v>14</v>
       </c>
       <c r="K49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="12.75">
       <c r="A50">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B50">
         <v>1</v>
       </c>
       <c r="C50">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D50" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="F50">
-        <v>1.49</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G50" s="1">
-        <v>45971</v>
+        <v>46018</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s">
         <v>13</v>
       </c>
       <c r="J50" t="s">
         <v>14</v>
       </c>
       <c r="K50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75">
       <c r="A51">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B51">
         <v>1</v>
       </c>
       <c r="C51">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D51" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="F51">
-        <v>0.5</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G51" s="1">
-        <v>45972</v>
+        <v>46019</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
         <v>13</v>
       </c>
       <c r="J51" t="s">
         <v>14</v>
       </c>
       <c r="K51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="12.75">
       <c r="A52">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B52">
         <v>1</v>
       </c>
       <c r="C52">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D52" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="F52">
-        <v>0.98999999999999999</v>
+        <v>6.9400000000000004</v>
       </c>
       <c r="G52" s="1">
-        <v>45973</v>
+        <v>46020</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="s">
         <v>13</v>
       </c>
       <c r="J52" t="s">
         <v>14</v>
       </c>
       <c r="K52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="12.75">
       <c r="A53">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B53">
         <v>1</v>
       </c>
       <c r="C53">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D53" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="F53">
-        <v>0.98999999999999999</v>
+        <v>7.4400000000000004</v>
       </c>
       <c r="G53" s="1">
-        <v>45974</v>
+        <v>46021</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
         <v>13</v>
       </c>
       <c r="J53" t="s">
         <v>14</v>
       </c>
       <c r="K53" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="12.75">
       <c r="A54">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
       <c r="C54">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D54" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="F54">
-        <v>0.98999999999999999</v>
+        <v>3.9700000000000002</v>
       </c>
       <c r="G54" s="1">
-        <v>45975</v>
+        <v>46022</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54" t="s">
         <v>14</v>
       </c>
       <c r="K54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="12.75">
       <c r="A55">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
       <c r="C55">
-        <v>3843</v>
+        <v>3841</v>
       </c>
       <c r="D55" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="F55">
-        <v>0.5</v>
+        <v>5.9500000000000002</v>
       </c>
       <c r="G55" s="1">
-        <v>45976</v>
+        <v>46023</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="s">
         <v>13</v>
       </c>
       <c r="J55" t="s">
         <v>14</v>
       </c>
       <c r="K55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="12.75">
       <c r="A56">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B56">
         <v>1</v>
       </c>
       <c r="C56">
-        <v>3858</v>
+        <v>3841</v>
       </c>
       <c r="D56" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
-        <v>0.5</v>
+        <v>2.48</v>
       </c>
       <c r="G56" s="1">
-        <v>45975</v>
+        <v>46024</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" t="s">
         <v>13</v>
       </c>
       <c r="J56" t="s">
         <v>14</v>
       </c>
       <c r="K56" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="12.75">
       <c r="A57">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B57">
         <v>1</v>
       </c>
       <c r="C57">
-        <v>3844</v>
+        <v>3841</v>
       </c>
       <c r="D57" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="F57">
-        <v>0.5</v>
+        <v>4.46</v>
       </c>
       <c r="G57" s="1">
-        <v>45973</v>
+        <v>46025</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s">
         <v>13</v>
       </c>
       <c r="J57" t="s">
         <v>14</v>
       </c>
       <c r="K57" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="12.75">
       <c r="A58">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B58">
         <v>1</v>
       </c>
       <c r="C58">
-        <v>3844</v>
+        <v>3841</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="F58">
-        <v>0.98999999999999999</v>
+        <v>2.48</v>
       </c>
       <c r="G58" s="1">
-        <v>45974</v>
+        <v>46026</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58" t="s">
         <v>14</v>
       </c>
       <c r="K58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="12.75">
       <c r="A59">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B59">
         <v>1</v>
       </c>
       <c r="C59">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D59" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="F59">
-        <v>2.98</v>
+        <v>1.49</v>
       </c>
       <c r="G59" s="1">
-        <v>45970</v>
+        <v>46017</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
         <v>13</v>
       </c>
       <c r="J59" t="s">
         <v>14</v>
       </c>
       <c r="K59" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="12.75">
       <c r="A60">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B60">
         <v>1</v>
       </c>
       <c r="C60">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D60" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="F60">
-        <v>2.48</v>
+        <v>1.98</v>
       </c>
       <c r="G60" s="1">
-        <v>45971</v>
+        <v>46018</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" t="s">
         <v>13</v>
       </c>
       <c r="J60" t="s">
         <v>14</v>
       </c>
       <c r="K60" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="12.75">
       <c r="A61">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
       <c r="C61">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D61" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
         <v>0.98999999999999999</v>
       </c>
       <c r="G61" s="1">
-        <v>45972</v>
+        <v>46019</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="s">
         <v>13</v>
       </c>
       <c r="J61" t="s">
         <v>14</v>
       </c>
       <c r="K61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="12.75">
       <c r="A62">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="C62">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D62" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="F62">
-        <v>0.98999999999999999</v>
+        <v>2.48</v>
       </c>
       <c r="G62" s="1">
-        <v>45973</v>
+        <v>46020</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62" t="s">
         <v>14</v>
       </c>
       <c r="K62" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="12.75">
       <c r="A63">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B63">
         <v>1</v>
       </c>
       <c r="C63">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="F63">
-        <v>1.98</v>
+        <v>2.48</v>
       </c>
       <c r="G63" s="1">
-        <v>45974</v>
+        <v>46021</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" t="s">
         <v>13</v>
       </c>
       <c r="J63" t="s">
         <v>14</v>
       </c>
       <c r="K63" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12.75">
       <c r="A64">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B64">
         <v>1</v>
       </c>
       <c r="C64">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D64" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="F64">
-        <v>0.98999999999999999</v>
+        <v>1.49</v>
       </c>
       <c r="G64" s="1">
-        <v>45975</v>
+        <v>46022</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64" t="s">
         <v>13</v>
       </c>
       <c r="J64" t="s">
         <v>14</v>
       </c>
       <c r="K64" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:11" ht="12.75">
       <c r="A65">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B65">
         <v>1</v>
       </c>
       <c r="C65">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="F65">
-        <v>0.5</v>
+        <v>1.49</v>
       </c>
       <c r="G65" s="1">
-        <v>45976</v>
+        <v>46024</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65" t="s">
         <v>13</v>
       </c>
       <c r="J65" t="s">
         <v>14</v>
       </c>
       <c r="K65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="12.75">
       <c r="A66">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B66">
         <v>1</v>
       </c>
       <c r="C66">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D66" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
+        <v>2.48</v>
+      </c>
+      <c r="G66" s="1">
+        <v>46025</v>
+      </c>
+      <c r="H66">
+        <v>1</v>
+      </c>
+      <c r="I66" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" t="s">
+        <v>14</v>
+      </c>
+      <c r="K66" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="12.75">
+      <c r="A67">
+        <v>100</v>
+      </c>
+      <c r="B67">
+        <v>1</v>
+      </c>
+      <c r="C67">
+        <v>3842</v>
+      </c>
+      <c r="D67" t="s">
+        <v>28</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="F67">
+        <v>0.98999999999999999</v>
+      </c>
+      <c r="G67" s="1">
+        <v>46026</v>
+      </c>
+      <c r="H67">
+        <v>1</v>
+      </c>
+      <c r="I67" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" t="s">
+        <v>14</v>
+      </c>
+      <c r="K67" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="12.75">
+      <c r="A68">
+        <v>101</v>
+      </c>
+      <c r="B68">
+        <v>1</v>
+      </c>
+      <c r="C68">
+        <v>3843</v>
+      </c>
+      <c r="D68" t="s">
+        <v>29</v>
+      </c>
+      <c r="E68" t="s">
+        <v>27</v>
+      </c>
+      <c r="F68">
         <v>0.5</v>
       </c>
-      <c r="G66" s="1">
-[...11 lines deleted...]
-      <c r="K66" t="s">
+      <c r="G68" s="1">
+        <v>46016</v>
+      </c>
+      <c r="H68">
+        <v>1</v>
+      </c>
+      <c r="I68" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" t="s">
+        <v>14</v>
+      </c>
+      <c r="K68" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="12.75">
+      <c r="A69">
+        <v>101</v>
+      </c>
+      <c r="B69">
+        <v>1</v>
+      </c>
+      <c r="C69">
+        <v>3843</v>
+      </c>
+      <c r="D69" t="s">
+        <v>29</v>
+      </c>
+      <c r="E69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F69">
+        <v>0.5</v>
+      </c>
+      <c r="G69" s="1">
+        <v>46017</v>
+      </c>
+      <c r="H69">
+        <v>1</v>
+      </c>
+      <c r="I69" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" t="s">
+        <v>14</v>
+      </c>
+      <c r="K69" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="12.75">
+      <c r="A70">
+        <v>101</v>
+      </c>
+      <c r="B70">
+        <v>1</v>
+      </c>
+      <c r="C70">
+        <v>3843</v>
+      </c>
+      <c r="D70" t="s">
+        <v>29</v>
+      </c>
+      <c r="E70" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70">
+        <v>0.5</v>
+      </c>
+      <c r="G70" s="1">
+        <v>46020</v>
+      </c>
+      <c r="H70">
+        <v>1</v>
+      </c>
+      <c r="I70" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" t="s">
+        <v>14</v>
+      </c>
+      <c r="K70" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" ht="12.75">
+      <c r="A71">
+        <v>101</v>
+      </c>
+      <c r="B71">
+        <v>1</v>
+      </c>
+      <c r="C71">
+        <v>3843</v>
+      </c>
+      <c r="D71" t="s">
+        <v>29</v>
+      </c>
+      <c r="E71" t="s">
+        <v>27</v>
+      </c>
+      <c r="F71">
+        <v>0.5</v>
+      </c>
+      <c r="G71" s="1">
+        <v>46021</v>
+      </c>
+      <c r="H71">
+        <v>1</v>
+      </c>
+      <c r="I71" t="s">
+        <v>13</v>
+      </c>
+      <c r="J71" t="s">
+        <v>14</v>
+      </c>
+      <c r="K71" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" ht="12.75">
+      <c r="A72">
+        <v>101</v>
+      </c>
+      <c r="B72">
+        <v>1</v>
+      </c>
+      <c r="C72">
+        <v>3843</v>
+      </c>
+      <c r="D72" t="s">
+        <v>29</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72">
+        <v>0.5</v>
+      </c>
+      <c r="G72" s="1">
+        <v>46023</v>
+      </c>
+      <c r="H72">
+        <v>1</v>
+      </c>
+      <c r="I72" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" t="s">
+        <v>14</v>
+      </c>
+      <c r="K72" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" ht="12.75">
+      <c r="A73">
+        <v>101</v>
+      </c>
+      <c r="B73">
+        <v>1</v>
+      </c>
+      <c r="C73">
+        <v>3843</v>
+      </c>
+      <c r="D73" t="s">
+        <v>29</v>
+      </c>
+      <c r="E73" t="s">
+        <v>27</v>
+      </c>
+      <c r="F73">
+        <v>0.5</v>
+      </c>
+      <c r="G73" s="1">
+        <v>46024</v>
+      </c>
+      <c r="H73">
+        <v>1</v>
+      </c>
+      <c r="I73" t="s">
+        <v>13</v>
+      </c>
+      <c r="J73" t="s">
+        <v>14</v>
+      </c>
+      <c r="K73" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="12.75">
+      <c r="A74">
+        <v>105</v>
+      </c>
+      <c r="B74">
+        <v>1</v>
+      </c>
+      <c r="C74">
+        <v>3846</v>
+      </c>
+      <c r="D74" t="s">
+        <v>30</v>
+      </c>
+      <c r="E74" t="s">
+        <v>27</v>
+      </c>
+      <c r="F74">
+        <v>0.98999999999999999</v>
+      </c>
+      <c r="G74" s="1">
+        <v>46016</v>
+      </c>
+      <c r="H74">
+        <v>1</v>
+      </c>
+      <c r="I74" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" ht="12.75">
+      <c r="A75">
+        <v>105</v>
+      </c>
+      <c r="B75">
+        <v>1</v>
+      </c>
+      <c r="C75">
+        <v>3846</v>
+      </c>
+      <c r="D75" t="s">
+        <v>30</v>
+      </c>
+      <c r="E75" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75">
+        <v>0.98999999999999999</v>
+      </c>
+      <c r="G75" s="1">
+        <v>46021</v>
+      </c>
+      <c r="H75">
+        <v>1</v>
+      </c>
+      <c r="I75" t="s">
+        <v>13</v>
+      </c>
+      <c r="J75" t="s">
+        <v>14</v>
+      </c>
+      <c r="K75" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" ht="12.75">
+      <c r="A76">
+        <v>105</v>
+      </c>
+      <c r="B76">
+        <v>1</v>
+      </c>
+      <c r="C76">
+        <v>3846</v>
+      </c>
+      <c r="D76" t="s">
+        <v>30</v>
+      </c>
+      <c r="E76" t="s">
+        <v>27</v>
+      </c>
+      <c r="F76">
+        <v>0.98999999999999999</v>
+      </c>
+      <c r="G76" s="1">
+        <v>46022</v>
+      </c>
+      <c r="H76">
+        <v>1</v>
+      </c>
+      <c r="I76" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" t="s">
+        <v>14</v>
+      </c>
+      <c r="K76" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" ht="12.75">
+      <c r="A77">
+        <v>105</v>
+      </c>
+      <c r="B77">
+        <v>1</v>
+      </c>
+      <c r="C77">
+        <v>3846</v>
+      </c>
+      <c r="D77" t="s">
+        <v>30</v>
+      </c>
+      <c r="E77" t="s">
+        <v>27</v>
+      </c>
+      <c r="F77">
+        <v>0.5</v>
+      </c>
+      <c r="G77" s="1">
+        <v>46023</v>
+      </c>
+      <c r="H77">
+        <v>1</v>
+      </c>
+      <c r="I77" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" ht="12.75">
+      <c r="A78">
+        <v>105</v>
+      </c>
+      <c r="B78">
+        <v>1</v>
+      </c>
+      <c r="C78">
+        <v>3846</v>
+      </c>
+      <c r="D78" t="s">
+        <v>30</v>
+      </c>
+      <c r="E78" t="s">
+        <v>27</v>
+      </c>
+      <c r="F78">
+        <v>0.5</v>
+      </c>
+      <c r="G78" s="1">
+        <v>46024</v>
+      </c>
+      <c r="H78">
+        <v>1</v>
+      </c>
+      <c r="I78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" t="s">
+        <v>14</v>
+      </c>
+      <c r="K78" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" ht="12.75">
+      <c r="A79">
+        <v>105</v>
+      </c>
+      <c r="B79">
+        <v>1</v>
+      </c>
+      <c r="C79">
+        <v>3846</v>
+      </c>
+      <c r="D79" t="s">
+        <v>30</v>
+      </c>
+      <c r="E79" t="s">
+        <v>27</v>
+      </c>
+      <c r="F79">
+        <v>0.5</v>
+      </c>
+      <c r="G79" s="1">
+        <v>46026</v>
+      </c>
+      <c r="H79">
+        <v>1</v>
+      </c>
+      <c r="I79" t="s">
+        <v>13</v>
+      </c>
+      <c r="J79" t="s">
+        <v>14</v>
+      </c>
+      <c r="K79" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application/>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <Template/>
   <Manager/>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>