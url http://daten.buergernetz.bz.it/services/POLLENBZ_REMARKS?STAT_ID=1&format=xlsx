--- v2 (2026-01-09)
+++ v3 (2026-02-23)
@@ -10,125 +10,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="POLLBZ_REMARKS" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="38">
   <si>
     <t>PART_SEQ</t>
   </si>
   <si>
     <t>PART_LEVEL</t>
   </si>
   <si>
     <t>PART_ID</t>
   </si>
   <si>
     <t>PART_NAME_L</t>
   </si>
   <si>
     <t>PART_PARENT_NAME_L</t>
   </si>
   <si>
     <t>REMA_CONCENTRATION</t>
   </si>
   <si>
     <t>REMA_DATE</t>
   </si>
   <si>
     <t>STAT_ID</t>
   </si>
   <si>
     <t>STAT_CODE</t>
   </si>
   <si>
     <t>STAT_NAME_I</t>
   </si>
   <si>
     <t>STAT_NAME_D</t>
   </si>
   <si>
+    <t>Acer saccharinum</t>
+  </si>
+  <si>
+    <t>Aceraceae</t>
+  </si>
+  <si>
+    <t>BZ2</t>
+  </si>
+  <si>
+    <t>Bolzano</t>
+  </si>
+  <si>
+    <t>Bozen</t>
+  </si>
+  <si>
     <t>Alnus</t>
   </si>
   <si>
     <t>Betulaceae</t>
   </si>
   <si>
-    <t>BZ2</t>
-[...5 lines deleted...]
-    <t>Bozen</t>
+    <t>Artemisia</t>
+  </si>
+  <si>
+    <t>Compositae</t>
   </si>
   <si>
     <t>Corylus</t>
   </si>
   <si>
     <t>Corylaceae</t>
   </si>
   <si>
     <t>Cupressaceae/Taxaceae</t>
   </si>
   <si>
     <t>Polline</t>
   </si>
   <si>
+    <t>Fraxinus excelsior</t>
+  </si>
+  <si>
+    <t>Oleaceae</t>
+  </si>
+  <si>
     <t>Andere/NI</t>
   </si>
   <si>
     <t>Pinaceae</t>
   </si>
   <si>
     <t>Cedrus</t>
   </si>
   <si>
-    <t>Pinus</t>
-[...2 lines deleted...]
-    <t>Urticaceae</t>
+    <t>Poaceae</t>
+  </si>
+  <si>
+    <t>Ulmus</t>
+  </si>
+  <si>
+    <t>Ulmaceae</t>
   </si>
   <si>
     <t>Nicht Identifizierte Pollen</t>
   </si>
   <si>
     <t>Alternaria</t>
   </si>
   <si>
     <t>Spore</t>
   </si>
   <si>
     <t>Epicoccum</t>
   </si>
   <si>
     <t>Pithomyces</t>
   </si>
   <si>
     <t>Torula</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -567,51 +588,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <dimension ref="A1:K79"/>
+  <dimension ref="A1:K85"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.14285714285714" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.1428571428571" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="3" max="3" width="8.85714285714286" customWidth="1"/>
     <col min="4" max="4" width="21.7142857142857" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
     <col min="6" max="6" width="23.2857142857143" customWidth="1"/>
     <col min="7" max="7" width="18.1428571428571" customWidth="1"/>
     <col min="8" max="8" width="8.57142857142857" customWidth="1"/>
     <col min="9" max="9" width="12.1428571428571" customWidth="1"/>
     <col min="10" max="10" width="13.7142857142857" customWidth="1"/>
     <col min="11" max="11" width="14.5714285714286" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="12.75">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -623,2775 +644,2985 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="12.75">
       <c r="A2">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>0.98999999999999999</v>
       </c>
       <c r="G2" s="1">
-        <v>46017</v>
+        <v>46061</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
       <c r="J2" t="s">
         <v>14</v>
       </c>
       <c r="K2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="12.75">
       <c r="A3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G3" s="1">
-        <v>46019</v>
+        <v>46062</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
       <c r="J3" t="s">
         <v>14</v>
       </c>
       <c r="K3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75">
       <c r="A4">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4">
-        <v>4.46</v>
+        <v>0.5</v>
       </c>
       <c r="G4" s="1">
-        <v>46021</v>
+        <v>46063</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s">
         <v>13</v>
       </c>
       <c r="J4" t="s">
         <v>14</v>
       </c>
       <c r="K4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="12.75">
       <c r="A5">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5">
-        <v>0.5</v>
+        <v>4.96</v>
       </c>
       <c r="G5" s="1">
-        <v>46023</v>
+        <v>46064</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
       <c r="J5" t="s">
         <v>14</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="12.75">
       <c r="A6">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B6">
         <v>2</v>
       </c>
       <c r="C6">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6">
-        <v>0.5</v>
+        <v>5.46</v>
       </c>
       <c r="G6" s="1">
-        <v>46024</v>
+        <v>46065</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
       <c r="J6" t="s">
         <v>14</v>
       </c>
       <c r="K6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="12.75">
       <c r="A7">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B7">
         <v>2</v>
       </c>
       <c r="C7">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7">
-        <v>0.5</v>
+        <v>9.9199999999999999</v>
       </c>
       <c r="G7" s="1">
-        <v>46025</v>
+        <v>46066</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
       <c r="J7" t="s">
         <v>14</v>
       </c>
       <c r="K7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="12.75">
       <c r="A8">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B8">
         <v>2</v>
       </c>
       <c r="C8">
-        <v>3864</v>
+        <v>3862</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8">
         <v>2.48</v>
       </c>
       <c r="G8" s="1">
-        <v>46026</v>
+        <v>46067</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
       <c r="J8" t="s">
         <v>14</v>
       </c>
       <c r="K8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="12.75">
       <c r="A9">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="B9">
         <v>2</v>
       </c>
       <c r="C9">
-        <v>3871</v>
+        <v>3862</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F9">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G9" s="1">
-        <v>46021</v>
+        <v>46068</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
       <c r="J9" t="s">
         <v>14</v>
       </c>
       <c r="K9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="12.75">
       <c r="A10">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="B10">
         <v>2</v>
       </c>
       <c r="C10">
-        <v>3871</v>
+        <v>3864</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10">
-        <v>1.98</v>
+        <v>16.870000000000001</v>
       </c>
       <c r="G10" s="1">
-        <v>46023</v>
+        <v>46061</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
       <c r="J10" t="s">
         <v>14</v>
       </c>
       <c r="K10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="12.75">
       <c r="A11">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="B11">
         <v>2</v>
       </c>
       <c r="C11">
-        <v>3871</v>
+        <v>3864</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11">
-        <v>5.9500000000000002</v>
+        <v>18.350000000000001</v>
       </c>
       <c r="G11" s="1">
-        <v>46024</v>
+        <v>46062</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
       <c r="J11" t="s">
         <v>14</v>
       </c>
       <c r="K11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75">
       <c r="A12">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="B12">
         <v>2</v>
       </c>
       <c r="C12">
-        <v>3871</v>
+        <v>3864</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12">
-        <v>0.98999999999999999</v>
+        <v>8.9299999999999997</v>
       </c>
       <c r="G12" s="1">
-        <v>46025</v>
+        <v>46063</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
       <c r="J12" t="s">
         <v>14</v>
       </c>
       <c r="K12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="12.75">
       <c r="A13">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C13">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F13">
-        <v>2.48</v>
+        <v>24.309999999999999</v>
       </c>
       <c r="G13" s="1">
-        <v>46017</v>
+        <v>46064</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
       <c r="J13" t="s">
         <v>14</v>
       </c>
       <c r="K13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="12.75">
       <c r="A14">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C14">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F14">
-        <v>1.49</v>
+        <v>50.600000000000001</v>
       </c>
       <c r="G14" s="1">
-        <v>46018</v>
+        <v>46065</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14" t="s">
         <v>14</v>
       </c>
       <c r="K14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75">
       <c r="A15">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C15">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F15">
-        <v>11.9</v>
+        <v>197.41999999999999</v>
       </c>
       <c r="G15" s="1">
-        <v>46020</v>
+        <v>46066</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
       <c r="J15" t="s">
         <v>14</v>
       </c>
       <c r="K15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75">
       <c r="A16">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C16">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F16">
-        <v>14.880000000000001</v>
+        <v>202.88</v>
       </c>
       <c r="G16" s="1">
-        <v>46021</v>
+        <v>46067</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
       <c r="J16" t="s">
         <v>14</v>
       </c>
       <c r="K16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75">
       <c r="A17">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="B17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C17">
-        <v>3815</v>
+        <v>3864</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F17">
-        <v>10.91</v>
+        <v>64.480000000000004</v>
       </c>
       <c r="G17" s="1">
-        <v>46022</v>
+        <v>46068</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
       <c r="J17" t="s">
         <v>14</v>
       </c>
       <c r="K17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75">
       <c r="A18">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C18">
-        <v>3815</v>
+        <v>3868</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>19</v>
       </c>
       <c r="F18">
-        <v>2.48</v>
+        <v>0.5</v>
       </c>
       <c r="G18" s="1">
-        <v>46023</v>
+        <v>46062</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
       <c r="J18" t="s">
         <v>14</v>
       </c>
       <c r="K18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="12.75">
       <c r="A19">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C19">
-        <v>3815</v>
+        <v>3871</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F19">
-        <v>1.98</v>
+        <v>79.859999999999999</v>
       </c>
       <c r="G19" s="1">
-        <v>46024</v>
+        <v>46061</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
       <c r="J19" t="s">
         <v>14</v>
       </c>
       <c r="K19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="12.75">
       <c r="A20">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C20">
-        <v>3815</v>
+        <v>3871</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F20">
-        <v>2.98</v>
+        <v>38.689999999999998</v>
       </c>
       <c r="G20" s="1">
-        <v>46025</v>
+        <v>46062</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
       <c r="J20" t="s">
         <v>14</v>
       </c>
       <c r="K20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="12.75">
       <c r="A21">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C21">
-        <v>3815</v>
+        <v>3871</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F21">
-        <v>2.98</v>
+        <v>39.68</v>
       </c>
       <c r="G21" s="1">
-        <v>46026</v>
+        <v>46063</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
       <c r="J21" t="s">
         <v>14</v>
       </c>
       <c r="K21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="12.75">
       <c r="A22">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="B22">
         <v>2</v>
       </c>
       <c r="C22">
-        <v>3888</v>
+        <v>3871</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>21</v>
       </c>
       <c r="F22">
-        <v>0.5</v>
+        <v>44.149999999999999</v>
       </c>
       <c r="G22" s="1">
-        <v>46023</v>
+        <v>46064</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
       <c r="J22" t="s">
         <v>14</v>
       </c>
       <c r="K22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="12.75">
       <c r="A23">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="B23">
         <v>2</v>
       </c>
       <c r="C23">
-        <v>3888</v>
+        <v>3871</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23">
-        <v>0.5</v>
+        <v>46.130000000000003</v>
       </c>
       <c r="G23" s="1">
-        <v>46024</v>
+        <v>46065</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
       <c r="J23" t="s">
         <v>14</v>
       </c>
       <c r="K23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.75">
       <c r="A24">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="B24">
         <v>2</v>
       </c>
       <c r="C24">
-        <v>3888</v>
+        <v>3871</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24">
-        <v>0.5</v>
+        <v>245.03999999999999</v>
       </c>
       <c r="G24" s="1">
-        <v>46025</v>
+        <v>46066</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
       <c r="J24" t="s">
         <v>14</v>
       </c>
       <c r="K24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75">
       <c r="A25">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B25">
         <v>2</v>
       </c>
       <c r="C25">
-        <v>3892</v>
+        <v>3871</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>21</v>
       </c>
       <c r="F25">
-        <v>0.5</v>
+        <v>240.58000000000001</v>
       </c>
       <c r="G25" s="1">
-        <v>46016</v>
+        <v>46067</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
       <c r="J25" t="s">
         <v>14</v>
       </c>
       <c r="K25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="12.75">
       <c r="A26">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="B26">
         <v>2</v>
       </c>
       <c r="C26">
-        <v>3892</v>
+        <v>3871</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E26" t="s">
         <v>21</v>
       </c>
       <c r="F26">
-        <v>1.49</v>
+        <v>61.009999999999998</v>
       </c>
       <c r="G26" s="1">
-        <v>46017</v>
+        <v>46068</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
       <c r="J26" t="s">
         <v>14</v>
       </c>
       <c r="K26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="12.75">
       <c r="A27">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C27">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D27" t="s">
         <v>22</v>
       </c>
       <c r="E27" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F27">
-        <v>0.98999999999999999</v>
+        <v>144.34999999999999</v>
       </c>
       <c r="G27" s="1">
-        <v>46019</v>
+        <v>46061</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
       <c r="J27" t="s">
         <v>14</v>
       </c>
       <c r="K27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="12.75">
       <c r="A28">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C28">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D28" t="s">
         <v>22</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F28">
-        <v>0.5</v>
+        <v>55.060000000000002</v>
       </c>
       <c r="G28" s="1">
-        <v>46020</v>
+        <v>46062</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
       <c r="J28" t="s">
         <v>14</v>
       </c>
       <c r="K28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="12.75">
       <c r="A29">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C29">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F29">
-        <v>1.98</v>
+        <v>4.96</v>
       </c>
       <c r="G29" s="1">
-        <v>46021</v>
+        <v>46063</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
       <c r="J29" t="s">
         <v>14</v>
       </c>
       <c r="K29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="12.75">
       <c r="A30">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C30">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F30">
-        <v>0.5</v>
+        <v>11.9</v>
       </c>
       <c r="G30" s="1">
-        <v>46022</v>
+        <v>46064</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
       <c r="J30" t="s">
         <v>14</v>
       </c>
       <c r="K30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="12.75">
       <c r="A31">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="B31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C31">
-        <v>3892</v>
+        <v>3815</v>
       </c>
       <c r="D31" t="s">
         <v>22</v>
       </c>
       <c r="E31" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F31">
-        <v>0.5</v>
+        <v>18.850000000000001</v>
       </c>
       <c r="G31" s="1">
-        <v>46026</v>
+        <v>46065</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
       <c r="J31" t="s">
         <v>14</v>
       </c>
       <c r="K31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="12.75">
       <c r="A32">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="B32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C32">
-        <v>3890</v>
+        <v>3815</v>
       </c>
       <c r="D32" t="s">
+        <v>22</v>
+      </c>
+      <c r="E32" t="s">
         <v>23</v>
       </c>
-      <c r="E32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32">
-        <v>0.5</v>
+        <v>196.91999999999999</v>
       </c>
       <c r="G32" s="1">
-        <v>46021</v>
+        <v>46066</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
       <c r="J32" t="s">
         <v>14</v>
       </c>
       <c r="K32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="12.75">
       <c r="A33">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="B33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C33">
-        <v>3890</v>
+        <v>3815</v>
       </c>
       <c r="D33" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" t="s">
         <v>23</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33">
-        <v>0.5</v>
+        <v>337.80000000000001</v>
       </c>
       <c r="G33" s="1">
-        <v>46025</v>
+        <v>46067</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s">
         <v>13</v>
       </c>
       <c r="J33" t="s">
         <v>14</v>
       </c>
       <c r="K33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="12.75">
       <c r="A34">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="B34">
         <v>1</v>
       </c>
       <c r="C34">
-        <v>3838</v>
+        <v>3815</v>
       </c>
       <c r="D34" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E34" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F34">
-        <v>1.98</v>
+        <v>248.02000000000001</v>
       </c>
       <c r="G34" s="1">
-        <v>46019</v>
+        <v>46068</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
       <c r="J34" t="s">
         <v>14</v>
       </c>
       <c r="K34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="12.75">
       <c r="A35">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="B35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C35">
-        <v>3838</v>
+        <v>3882</v>
       </c>
       <c r="D35" t="s">
         <v>24</v>
       </c>
       <c r="E35" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F35">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G35" s="1">
-        <v>46020</v>
+        <v>46066</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
       <c r="J35" t="s">
         <v>14</v>
       </c>
       <c r="K35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="12.75">
       <c r="A36">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="B36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C36">
-        <v>3838</v>
+        <v>3882</v>
       </c>
       <c r="D36" t="s">
         <v>24</v>
       </c>
       <c r="E36" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F36">
-        <v>0.5</v>
+        <v>1.98</v>
       </c>
       <c r="G36" s="1">
-        <v>46021</v>
+        <v>46067</v>
       </c>
       <c r="H36">
         <v>1</v>
       </c>
       <c r="I36" t="s">
         <v>13</v>
       </c>
       <c r="J36" t="s">
         <v>14</v>
       </c>
       <c r="K36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="12.75">
       <c r="A37">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C37">
-        <v>3838</v>
+        <v>3888</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E37" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F37">
         <v>0.5</v>
       </c>
       <c r="G37" s="1">
-        <v>46023</v>
+        <v>46062</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37" t="s">
         <v>13</v>
       </c>
       <c r="J37" t="s">
         <v>14</v>
       </c>
       <c r="K37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="12.75">
       <c r="A38">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="B38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C38">
-        <v>3838</v>
+        <v>3888</v>
       </c>
       <c r="D38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F38">
-        <v>0.5</v>
+        <v>1.49</v>
       </c>
       <c r="G38" s="1">
-        <v>46026</v>
+        <v>46068</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="s">
         <v>13</v>
       </c>
       <c r="J38" t="s">
         <v>14</v>
       </c>
       <c r="K38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="12.75">
       <c r="A39">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C39">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D39" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E39" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F39">
-        <v>1.98</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G39" s="1">
-        <v>46016</v>
+        <v>46062</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" t="s">
         <v>13</v>
       </c>
       <c r="J39" t="s">
         <v>14</v>
       </c>
       <c r="K39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="12.75">
       <c r="A40">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C40">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E40" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F40">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G40" s="1">
-        <v>46018</v>
+        <v>46066</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s">
         <v>13</v>
       </c>
       <c r="J40" t="s">
         <v>14</v>
       </c>
       <c r="K40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75">
       <c r="A41">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="B41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C41">
-        <v>3840</v>
+        <v>3892</v>
       </c>
       <c r="D41" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E41" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F41">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G41" s="1">
-        <v>46019</v>
+        <v>46068</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s">
         <v>13</v>
       </c>
       <c r="J41" t="s">
         <v>14</v>
       </c>
       <c r="K41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="12.75">
       <c r="A42">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="B42">
         <v>1</v>
       </c>
       <c r="C42">
-        <v>3840</v>
+        <v>3831</v>
       </c>
       <c r="D42" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E42" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F42">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G42" s="1">
-        <v>46020</v>
+        <v>46065</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s">
         <v>13</v>
       </c>
       <c r="J42" t="s">
         <v>14</v>
       </c>
       <c r="K42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75">
       <c r="A43">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="B43">
         <v>1</v>
       </c>
       <c r="C43">
-        <v>3840</v>
+        <v>3831</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E43" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F43">
-        <v>1.98</v>
+        <v>0.5</v>
       </c>
       <c r="G43" s="1">
-        <v>46021</v>
+        <v>46067</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s">
         <v>13</v>
       </c>
       <c r="J43" t="s">
         <v>14</v>
       </c>
       <c r="K43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="12.75">
       <c r="A44">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="B44">
         <v>1</v>
       </c>
       <c r="C44">
-        <v>3840</v>
+        <v>3831</v>
       </c>
       <c r="D44" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E44" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F44">
-        <v>1.49</v>
+        <v>0.5</v>
       </c>
       <c r="G44" s="1">
-        <v>46022</v>
+        <v>46068</v>
       </c>
       <c r="H44">
         <v>1</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
       <c r="J44" t="s">
         <v>14</v>
       </c>
       <c r="K44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="12.75">
       <c r="A45">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C45">
-        <v>3840</v>
+        <v>3901</v>
       </c>
       <c r="D45" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E45" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="F45">
-        <v>0.98999999999999999</v>
+        <v>1.49</v>
       </c>
       <c r="G45" s="1">
-        <v>46023</v>
+        <v>46061</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s">
         <v>13</v>
       </c>
       <c r="J45" t="s">
         <v>14</v>
       </c>
       <c r="K45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="12.75">
       <c r="A46">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B46">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C46">
-        <v>3840</v>
+        <v>3901</v>
       </c>
       <c r="D46" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E46" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="F46">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G46" s="1">
-        <v>46024</v>
+        <v>46063</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
         <v>13</v>
       </c>
       <c r="J46" t="s">
         <v>14</v>
       </c>
       <c r="K46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="12.75">
       <c r="A47">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C47">
-        <v>3840</v>
+        <v>3901</v>
       </c>
       <c r="D47" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E47" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="F47">
-        <v>0.98999999999999999</v>
+        <v>1.49</v>
       </c>
       <c r="G47" s="1">
-        <v>46025</v>
+        <v>46064</v>
       </c>
       <c r="H47">
         <v>1</v>
       </c>
       <c r="I47" t="s">
         <v>13</v>
       </c>
       <c r="J47" t="s">
         <v>14</v>
       </c>
       <c r="K47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="12.75">
       <c r="A48">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C48">
-        <v>3841</v>
+        <v>3901</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E48" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F48">
-        <v>1.49</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G48" s="1">
-        <v>46016</v>
+        <v>46065</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s">
         <v>13</v>
       </c>
       <c r="J48" t="s">
         <v>14</v>
       </c>
       <c r="K48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75">
       <c r="A49">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C49">
-        <v>3841</v>
+        <v>3901</v>
       </c>
       <c r="D49" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E49" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F49">
-        <v>2.98</v>
+        <v>43.149999999999999</v>
       </c>
       <c r="G49" s="1">
-        <v>46017</v>
+        <v>46066</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="s">
         <v>13</v>
       </c>
       <c r="J49" t="s">
         <v>14</v>
       </c>
       <c r="K49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="12.75">
       <c r="A50">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C50">
-        <v>3841</v>
+        <v>3901</v>
       </c>
       <c r="D50" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E50" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F50">
-        <v>0.98999999999999999</v>
+        <v>76.390000000000001</v>
       </c>
       <c r="G50" s="1">
-        <v>46018</v>
+        <v>46067</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s">
         <v>13</v>
       </c>
       <c r="J50" t="s">
         <v>14</v>
       </c>
       <c r="K50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75">
       <c r="A51">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C51">
-        <v>3841</v>
+        <v>3901</v>
       </c>
       <c r="D51" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E51" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F51">
-        <v>3.4700000000000002</v>
+        <v>119.05</v>
       </c>
       <c r="G51" s="1">
-        <v>46019</v>
+        <v>46068</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
         <v>13</v>
       </c>
       <c r="J51" t="s">
         <v>14</v>
       </c>
       <c r="K51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="12.75">
       <c r="A52">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B52">
         <v>1</v>
       </c>
       <c r="C52">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D52" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E52" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F52">
-        <v>6.9400000000000004</v>
+        <v>1.49</v>
       </c>
       <c r="G52" s="1">
-        <v>46020</v>
+        <v>46061</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="s">
         <v>13</v>
       </c>
       <c r="J52" t="s">
         <v>14</v>
       </c>
       <c r="K52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="12.75">
       <c r="A53">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B53">
         <v>1</v>
       </c>
       <c r="C53">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D53" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E53" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F53">
-        <v>7.4400000000000004</v>
+        <v>0.5</v>
       </c>
       <c r="G53" s="1">
-        <v>46021</v>
+        <v>46062</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
         <v>13</v>
       </c>
       <c r="J53" t="s">
         <v>14</v>
       </c>
       <c r="K53" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="12.75">
       <c r="A54">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B54">
         <v>1</v>
       </c>
       <c r="C54">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E54" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F54">
-        <v>3.9700000000000002</v>
+        <v>2.98</v>
       </c>
       <c r="G54" s="1">
-        <v>46022</v>
+        <v>46063</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s">
         <v>13</v>
       </c>
       <c r="J54" t="s">
         <v>14</v>
       </c>
       <c r="K54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="12.75">
       <c r="A55">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B55">
         <v>1</v>
       </c>
       <c r="C55">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E55" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F55">
-        <v>5.9500000000000002</v>
+        <v>1.49</v>
       </c>
       <c r="G55" s="1">
-        <v>46023</v>
+        <v>46064</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="s">
         <v>13</v>
       </c>
       <c r="J55" t="s">
         <v>14</v>
       </c>
       <c r="K55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="12.75">
       <c r="A56">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B56">
         <v>1</v>
       </c>
       <c r="C56">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E56" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F56">
-        <v>2.48</v>
+        <v>1.98</v>
       </c>
       <c r="G56" s="1">
-        <v>46024</v>
+        <v>46065</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" t="s">
         <v>13</v>
       </c>
       <c r="J56" t="s">
         <v>14</v>
       </c>
       <c r="K56" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="12.75">
       <c r="A57">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B57">
         <v>1</v>
       </c>
       <c r="C57">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E57" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F57">
-        <v>4.46</v>
+        <v>2.98</v>
       </c>
       <c r="G57" s="1">
-        <v>46025</v>
+        <v>46066</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s">
         <v>13</v>
       </c>
       <c r="J57" t="s">
         <v>14</v>
       </c>
       <c r="K57" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="12.75">
       <c r="A58">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B58">
         <v>1</v>
       </c>
       <c r="C58">
-        <v>3841</v>
+        <v>3840</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E58" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F58">
-        <v>2.48</v>
+        <v>1.98</v>
       </c>
       <c r="G58" s="1">
-        <v>46026</v>
+        <v>46067</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
       <c r="J58" t="s">
         <v>14</v>
       </c>
       <c r="K58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="12.75">
       <c r="A59">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B59">
         <v>1</v>
       </c>
       <c r="C59">
-        <v>3842</v>
+        <v>3840</v>
       </c>
       <c r="D59" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E59" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F59">
         <v>1.49</v>
       </c>
       <c r="G59" s="1">
-        <v>46017</v>
+        <v>46068</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
         <v>13</v>
       </c>
       <c r="J59" t="s">
         <v>14</v>
       </c>
       <c r="K59" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="12.75">
       <c r="A60">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B60">
         <v>1</v>
       </c>
       <c r="C60">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E60" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F60">
-        <v>1.98</v>
+        <v>1.49</v>
       </c>
       <c r="G60" s="1">
-        <v>46018</v>
+        <v>46061</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" t="s">
         <v>13</v>
       </c>
       <c r="J60" t="s">
         <v>14</v>
       </c>
       <c r="K60" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="12.75">
       <c r="A61">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B61">
         <v>1</v>
       </c>
       <c r="C61">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D61" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E61" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F61">
-        <v>0.98999999999999999</v>
+        <v>2.48</v>
       </c>
       <c r="G61" s="1">
-        <v>46019</v>
+        <v>46062</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="s">
         <v>13</v>
       </c>
       <c r="J61" t="s">
         <v>14</v>
       </c>
       <c r="K61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="12.75">
       <c r="A62">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="C62">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D62" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E62" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F62">
-        <v>2.48</v>
+        <v>3.9700000000000002</v>
       </c>
       <c r="G62" s="1">
-        <v>46020</v>
+        <v>46063</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
       <c r="J62" t="s">
         <v>14</v>
       </c>
       <c r="K62" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="12.75">
       <c r="A63">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B63">
         <v>1</v>
       </c>
       <c r="C63">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D63" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E63" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F63">
         <v>2.48</v>
       </c>
       <c r="G63" s="1">
-        <v>46021</v>
+        <v>46064</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" t="s">
         <v>13</v>
       </c>
       <c r="J63" t="s">
         <v>14</v>
       </c>
       <c r="K63" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12.75">
       <c r="A64">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B64">
         <v>1</v>
       </c>
       <c r="C64">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D64" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E64" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F64">
-        <v>1.49</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G64" s="1">
-        <v>46022</v>
+        <v>46065</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64" t="s">
         <v>13</v>
       </c>
       <c r="J64" t="s">
         <v>14</v>
       </c>
       <c r="K64" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:11" ht="12.75">
       <c r="A65">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B65">
         <v>1</v>
       </c>
       <c r="C65">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D65" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E65" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F65">
-        <v>1.49</v>
+        <v>1.98</v>
       </c>
       <c r="G65" s="1">
-        <v>46024</v>
+        <v>46066</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65" t="s">
         <v>13</v>
       </c>
       <c r="J65" t="s">
         <v>14</v>
       </c>
       <c r="K65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="12.75">
       <c r="A66">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B66">
         <v>1</v>
       </c>
       <c r="C66">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D66" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E66" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F66">
-        <v>2.48</v>
+        <v>6.4500000000000002</v>
       </c>
       <c r="G66" s="1">
-        <v>46025</v>
+        <v>46067</v>
       </c>
       <c r="H66">
         <v>1</v>
       </c>
       <c r="I66" t="s">
         <v>13</v>
       </c>
       <c r="J66" t="s">
         <v>14</v>
       </c>
       <c r="K66" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:11" ht="12.75">
       <c r="A67">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B67">
         <v>1</v>
       </c>
       <c r="C67">
-        <v>3842</v>
+        <v>3841</v>
       </c>
       <c r="D67" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E67" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F67">
-        <v>0.98999999999999999</v>
+        <v>2.48</v>
       </c>
       <c r="G67" s="1">
-        <v>46026</v>
+        <v>46068</v>
       </c>
       <c r="H67">
         <v>1</v>
       </c>
       <c r="I67" t="s">
         <v>13</v>
       </c>
       <c r="J67" t="s">
         <v>14</v>
       </c>
       <c r="K67" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:11" ht="12.75">
       <c r="A68">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B68">
         <v>1</v>
       </c>
       <c r="C68">
-        <v>3843</v>
+        <v>3842</v>
       </c>
       <c r="D68" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E68" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F68">
-        <v>0.5</v>
+        <v>2.98</v>
       </c>
       <c r="G68" s="1">
-        <v>46016</v>
+        <v>46061</v>
       </c>
       <c r="H68">
         <v>1</v>
       </c>
       <c r="I68" t="s">
         <v>13</v>
       </c>
       <c r="J68" t="s">
         <v>14</v>
       </c>
       <c r="K68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="12.75">
       <c r="A69">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B69">
         <v>1</v>
       </c>
       <c r="C69">
-        <v>3843</v>
+        <v>3842</v>
       </c>
       <c r="D69" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E69" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F69">
-        <v>0.5</v>
+        <v>2.98</v>
       </c>
       <c r="G69" s="1">
-        <v>46017</v>
+        <v>46062</v>
       </c>
       <c r="H69">
         <v>1</v>
       </c>
       <c r="I69" t="s">
         <v>13</v>
       </c>
       <c r="J69" t="s">
         <v>14</v>
       </c>
       <c r="K69" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="12.75">
       <c r="A70">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B70">
         <v>1</v>
       </c>
       <c r="C70">
-        <v>3843</v>
+        <v>3842</v>
       </c>
       <c r="D70" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E70" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F70">
-        <v>0.5</v>
+        <v>3.4700000000000002</v>
       </c>
       <c r="G70" s="1">
-        <v>46020</v>
+        <v>46063</v>
       </c>
       <c r="H70">
         <v>1</v>
       </c>
       <c r="I70" t="s">
         <v>13</v>
       </c>
       <c r="J70" t="s">
         <v>14</v>
       </c>
       <c r="K70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="12.75">
       <c r="A71">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B71">
         <v>1</v>
       </c>
       <c r="C71">
-        <v>3843</v>
+        <v>3842</v>
       </c>
       <c r="D71" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E71" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F71">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G71" s="1">
-        <v>46021</v>
+        <v>46064</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="s">
         <v>13</v>
       </c>
       <c r="J71" t="s">
         <v>14</v>
       </c>
       <c r="K71" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="12.75">
       <c r="A72">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B72">
         <v>1</v>
       </c>
       <c r="C72">
-        <v>3843</v>
+        <v>3842</v>
       </c>
       <c r="D72" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E72" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F72">
-        <v>0.5</v>
+        <v>1.49</v>
       </c>
       <c r="G72" s="1">
-        <v>46023</v>
+        <v>46065</v>
       </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72" t="s">
         <v>13</v>
       </c>
       <c r="J72" t="s">
         <v>14</v>
       </c>
       <c r="K72" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="12.75">
       <c r="A73">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B73">
         <v>1</v>
       </c>
       <c r="C73">
-        <v>3843</v>
+        <v>3842</v>
       </c>
       <c r="D73" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E73" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F73">
-        <v>0.5</v>
+        <v>1.98</v>
       </c>
       <c r="G73" s="1">
-        <v>46024</v>
+        <v>46066</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73" t="s">
         <v>13</v>
       </c>
       <c r="J73" t="s">
         <v>14</v>
       </c>
       <c r="K73" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="12.75">
       <c r="A74">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B74">
         <v>1</v>
       </c>
       <c r="C74">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D74" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E74" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F74">
-        <v>0.98999999999999999</v>
+        <v>3.9700000000000002</v>
       </c>
       <c r="G74" s="1">
-        <v>46016</v>
+        <v>46067</v>
       </c>
       <c r="H74">
         <v>1</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
       <c r="J74" t="s">
         <v>14</v>
       </c>
       <c r="K74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="12.75">
       <c r="A75">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B75">
         <v>1</v>
       </c>
       <c r="C75">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="D75" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E75" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F75">
         <v>0.98999999999999999</v>
       </c>
       <c r="G75" s="1">
-        <v>46021</v>
+        <v>46068</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75" t="s">
         <v>13</v>
       </c>
       <c r="J75" t="s">
         <v>14</v>
       </c>
       <c r="K75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="12.75">
       <c r="A76">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B76">
         <v>1</v>
       </c>
       <c r="C76">
-        <v>3846</v>
+        <v>3843</v>
       </c>
       <c r="D76" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E76" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F76">
-        <v>0.98999999999999999</v>
+        <v>0.5</v>
       </c>
       <c r="G76" s="1">
-        <v>46022</v>
+        <v>46062</v>
       </c>
       <c r="H76">
         <v>1</v>
       </c>
       <c r="I76" t="s">
         <v>13</v>
       </c>
       <c r="J76" t="s">
         <v>14</v>
       </c>
       <c r="K76" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12.75">
       <c r="A77">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B77">
         <v>1</v>
       </c>
       <c r="C77">
-        <v>3846</v>
+        <v>3843</v>
       </c>
       <c r="D77" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F77">
-        <v>0.5</v>
+        <v>0.98999999999999999</v>
       </c>
       <c r="G77" s="1">
-        <v>46023</v>
+        <v>46063</v>
       </c>
       <c r="H77">
         <v>1</v>
       </c>
       <c r="I77" t="s">
         <v>13</v>
       </c>
       <c r="J77" t="s">
         <v>14</v>
       </c>
       <c r="K77" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:11" ht="12.75">
       <c r="A78">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B78">
         <v>1</v>
       </c>
       <c r="C78">
-        <v>3846</v>
+        <v>3843</v>
       </c>
       <c r="D78" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E78" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F78">
         <v>0.5</v>
       </c>
       <c r="G78" s="1">
-        <v>46024</v>
+        <v>46065</v>
       </c>
       <c r="H78">
         <v>1</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
       <c r="J78" t="s">
         <v>14</v>
       </c>
       <c r="K78" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:11" ht="12.75">
       <c r="A79">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B79">
         <v>1</v>
       </c>
       <c r="C79">
-        <v>3846</v>
+        <v>3843</v>
       </c>
       <c r="D79" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E79" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F79">
         <v>0.5</v>
       </c>
       <c r="G79" s="1">
-        <v>46026</v>
+        <v>46066</v>
       </c>
       <c r="H79">
         <v>1</v>
       </c>
       <c r="I79" t="s">
         <v>13</v>
       </c>
       <c r="J79" t="s">
         <v>14</v>
       </c>
       <c r="K79" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" ht="12.75">
+      <c r="A80">
+        <v>101</v>
+      </c>
+      <c r="B80">
+        <v>1</v>
+      </c>
+      <c r="C80">
+        <v>3843</v>
+      </c>
+      <c r="D80" t="s">
+        <v>36</v>
+      </c>
+      <c r="E80" t="s">
+        <v>34</v>
+      </c>
+      <c r="F80">
+        <v>0.5</v>
+      </c>
+      <c r="G80" s="1">
+        <v>46068</v>
+      </c>
+      <c r="H80">
+        <v>1</v>
+      </c>
+      <c r="I80" t="s">
+        <v>13</v>
+      </c>
+      <c r="J80" t="s">
+        <v>14</v>
+      </c>
+      <c r="K80" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="12.75">
+      <c r="A81">
+        <v>105</v>
+      </c>
+      <c r="B81">
+        <v>1</v>
+      </c>
+      <c r="C81">
+        <v>3846</v>
+      </c>
+      <c r="D81" t="s">
+        <v>37</v>
+      </c>
+      <c r="E81" t="s">
+        <v>34</v>
+      </c>
+      <c r="F81">
+        <v>0.5</v>
+      </c>
+      <c r="G81" s="1">
+        <v>46061</v>
+      </c>
+      <c r="H81">
+        <v>1</v>
+      </c>
+      <c r="I81" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" t="s">
+        <v>14</v>
+      </c>
+      <c r="K81" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="12.75">
+      <c r="A82">
+        <v>105</v>
+      </c>
+      <c r="B82">
+        <v>1</v>
+      </c>
+      <c r="C82">
+        <v>3846</v>
+      </c>
+      <c r="D82" t="s">
+        <v>37</v>
+      </c>
+      <c r="E82" t="s">
+        <v>34</v>
+      </c>
+      <c r="F82">
+        <v>0.98999999999999999</v>
+      </c>
+      <c r="G82" s="1">
+        <v>46062</v>
+      </c>
+      <c r="H82">
+        <v>1</v>
+      </c>
+      <c r="I82" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" t="s">
+        <v>14</v>
+      </c>
+      <c r="K82" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="12.75">
+      <c r="A83">
+        <v>105</v>
+      </c>
+      <c r="B83">
+        <v>1</v>
+      </c>
+      <c r="C83">
+        <v>3846</v>
+      </c>
+      <c r="D83" t="s">
+        <v>37</v>
+      </c>
+      <c r="E83" t="s">
+        <v>34</v>
+      </c>
+      <c r="F83">
+        <v>1.49</v>
+      </c>
+      <c r="G83" s="1">
+        <v>46065</v>
+      </c>
+      <c r="H83">
+        <v>1</v>
+      </c>
+      <c r="I83" t="s">
+        <v>13</v>
+      </c>
+      <c r="J83" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="12.75">
+      <c r="A84">
+        <v>105</v>
+      </c>
+      <c r="B84">
+        <v>1</v>
+      </c>
+      <c r="C84">
+        <v>3846</v>
+      </c>
+      <c r="D84" t="s">
+        <v>37</v>
+      </c>
+      <c r="E84" t="s">
+        <v>34</v>
+      </c>
+      <c r="F84">
+        <v>8.4299999999999997</v>
+      </c>
+      <c r="G84" s="1">
+        <v>46066</v>
+      </c>
+      <c r="H84">
+        <v>1</v>
+      </c>
+      <c r="I84" t="s">
+        <v>13</v>
+      </c>
+      <c r="J84" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="12.75">
+      <c r="A85">
+        <v>105</v>
+      </c>
+      <c r="B85">
+        <v>1</v>
+      </c>
+      <c r="C85">
+        <v>3846</v>
+      </c>
+      <c r="D85" t="s">
+        <v>37</v>
+      </c>
+      <c r="E85" t="s">
+        <v>34</v>
+      </c>
+      <c r="F85">
+        <v>6.4500000000000002</v>
+      </c>
+      <c r="G85" s="1">
+        <v>46067</v>
+      </c>
+      <c r="H85">
+        <v>1</v>
+      </c>
+      <c r="I85" t="s">
+        <v>13</v>
+      </c>
+      <c r="J85" t="s">
+        <v>14</v>
+      </c>
+      <c r="K85" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application/>
   <AppVersion></AppVersion>
   <DocSecurity>0</DocSecurity>
   <Template/>
   <Manager/>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>